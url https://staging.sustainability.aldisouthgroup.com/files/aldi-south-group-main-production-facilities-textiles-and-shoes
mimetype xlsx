--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -1,4663 +1,4443 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28926"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://asgportal.sharepoint.com/sites/9106-team-0005/Freigegebene Dokumente/Fashion/19. Transparency/PF list update (website and OSH)/Update 2025_May/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://asgportal-my.sharepoint.com/personal/evanna_ling_aldi_hk/Documents/PF Transparency List 2025/To Sabine/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="68" documentId="8_{0943FACE-E6C8-4283-9849-F5B886BF510C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{073F2D56-F927-4A38-9A16-D898855334E0}"/>
+  <xr:revisionPtr revIDLastSave="19" documentId="8_{05FE0646-96E6-46CE-B8A5-85144327D9AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3FF6E00B-AD1F-4B9F-917C-14D7752CD7CF}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9F9ADB37-B587-4721-9CEF-BAEE3BA420FB}"/>
   </bookViews>
   <sheets>
     <sheet name="PF Transparency List" sheetId="3" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191028" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3772" uniqueCount="1504">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3563" uniqueCount="1434">
   <si>
     <t>Main Production Facilities - Garment Textiles, Household Textiles &amp; Shoes</t>
   </si>
   <si>
-    <t>As per April 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>PF Country</t>
   </si>
   <si>
     <t>Production facility</t>
   </si>
   <si>
-    <t>PF Adress</t>
-[...1 lines deleted...]
-  <si>
     <t>Commodity Group</t>
   </si>
   <si>
     <t>No of workers</t>
   </si>
   <si>
     <t>CHINA</t>
   </si>
   <si>
     <t>(Jining Sport) Sportsproduction Co., Ltd</t>
   </si>
   <si>
-    <t>The west side of 200 meters south to the intersection of, Jining, Shandong, 272415, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Garment Textiles</t>
   </si>
   <si>
     <t>1-500 workers</t>
   </si>
   <si>
     <t>SERBIA</t>
   </si>
   <si>
     <t>8. Mart d.o.o.</t>
   </si>
   <si>
-    <t>85, Sencanski Put, Subotica, 24114, SERBIA</t>
-[...1 lines deleted...]
-  <si>
     <t>INDIA</t>
   </si>
   <si>
     <t>Abhitex International</t>
   </si>
   <si>
-    <t>Plot #3,4,47 &amp; 48, Sector 29, HUDA Part 1, Panipat, 132103, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Household Textiles</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>PAKISTAN</t>
   </si>
   <si>
-    <t>Adamjee Enterprises</t>
-[...4 lines deleted...]
-  <si>
     <t>500-1000</t>
   </si>
   <si>
     <t>Afroze Textile Industries (Towel Unit)</t>
   </si>
   <si>
-    <t>Plot C-8, Scheme-33, S.I.T.E, Superhighway, Karachi, 75850, PAKISTAN</t>
-[...1 lines deleted...]
-  <si>
     <t>1001-2000</t>
   </si>
   <si>
     <t>Al-Hadi Textile (Pvt.) Ltd.</t>
   </si>
   <si>
-    <t>Rohi Nala 3.5KM off 22KM Ferozepure Road, Lahore, 54600, PAKISTAN</t>
-[...7 lines deleted...]
-  <si>
     <t>3001-4000</t>
   </si>
   <si>
     <t>UNITED STATES</t>
   </si>
   <si>
     <t>American Textile Company</t>
   </si>
   <si>
-    <t>No. 10, North Linden Street, Duquesne, Pennsylvania, 15110, UNITED STATES</t>
-[...1 lines deleted...]
-  <si>
     <t>BOSNIA AND HERZEGOVINA</t>
   </si>
   <si>
     <t>Amika d.o.o.</t>
   </si>
   <si>
-    <t>9, Zeljeznicka Br., Derventa, 74400, BOSNIA AND HERZEGOVINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Shoes</t>
   </si>
   <si>
     <t>Anhui Dexing Textile Technology Co., Ltd</t>
   </si>
   <si>
-    <t>Textile &amp; Clothing Industrial Park of Funan County, Fuyang, Anhui, 236399, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Anhui Haoyue Home Textile Co., Ltd.</t>
   </si>
   <si>
-    <t>63, Chengxin Street, Xuanzhou District, Xuancheng, Anhui, 242000, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Anhui Home Fashion Co., Ltd.</t>
   </si>
   <si>
-    <t>West Side of Jing 2 Road, Chizhou, Anhui, CHINA</t>
-[...13 lines deleted...]
-  <si>
     <t>Anhui Yaoshun Intelligent Socks</t>
   </si>
   <si>
-    <t>118, Meicheng Road, Yaodu Town, Chizhou, Anhui, 247200, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Anhui Yuncai Home Textile Co.,Ltd</t>
   </si>
   <si>
-    <t>The intersection of Liyu Avenue and 1st Jingdu Road, Shiziyu, Xuancheng City, Anhui, 242100, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Annur Cotton Mills (Unit of Sharadha</t>
   </si>
   <si>
-    <t>415/1B, Plot 413/2B, Pooluvapalayam, Odderpalayam, Annur, Coimbatore, Coimbatore, Tamil Nadu, 641653, INDIA</t>
-[...7 lines deleted...]
-  <si>
     <t>GERMANY</t>
   </si>
   <si>
     <t>Antex GmbH</t>
   </si>
   <si>
-    <t>No. 7, Konrad-Zuse-Str., Anklam, 17389, GERMANY</t>
-[...1 lines deleted...]
-  <si>
     <t>Anyang Dishang Huaying Garment Co., Ltd.</t>
   </si>
   <si>
-    <t>West Side of the North section of Zhonghua Road, Anyang, Henan, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>BANGLADESH</t>
   </si>
   <si>
     <t>A-One Polar Ltd.</t>
   </si>
   <si>
-    <t>Rupshi, Rupganj, Narayanganj, 1462, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>&gt;5000</t>
   </si>
   <si>
     <t>Apache Mills Inc.</t>
   </si>
   <si>
-    <t>No. 417, S. River Street, Calhoun, Georgia, 30701, UNITED STATES</t>
-[...1 lines deleted...]
-  <si>
     <t>Apache Mills, Inc. - A5</t>
   </si>
   <si>
-    <t>199 Royal Drive, Calhoun, Georgia, 30701, UNITED STATES</t>
-[...1 lines deleted...]
-  <si>
     <t>Apparel Today Ltd.</t>
   </si>
   <si>
-    <t>Plot 1, R1, Turag Housing, Beribnadh, Mohammadpur, Dhaka, 1207, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>EGYPT</t>
   </si>
   <si>
     <t>Arab Novelties Weaving Terry Co.</t>
   </si>
   <si>
-    <t>El Rahbeen Ind.Zone-Front Of Moubark Cool,, El-Mahalla El-Kubra, EGYPT</t>
-[...13 lines deleted...]
-  <si>
     <t>VIET NAM</t>
   </si>
   <si>
     <t>Arttex Vietnam Co., Ltd.</t>
   </si>
   <si>
-    <t>Lot 19-I10, Street 8, Hai Son Industrial Cluster, Duc Hoa, Ho Chi Minh, 850000, VIET NAM</t>
-[...1 lines deleted...]
-  <si>
     <t>TÜRKİYE</t>
   </si>
   <si>
     <t>Atel Tekstil San. Ve. Tic. A.S.</t>
   </si>
   <si>
-    <t>Mermerciler Sanayi Sitesi 5. Cadde No.9, Istanbul, Istanbul, 34520, TÜRKİYE</t>
-[...1 lines deleted...]
-  <si>
     <t>Atlas Processing Mills</t>
   </si>
   <si>
-    <t>1/168, Shivasakthi Nagar, Periyandankovil, Karur, Tamil Nadu, 639002, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>BELGIUM</t>
   </si>
   <si>
-    <t>B.I.G. Floorcoverings NV Hermosa</t>
-[...4 lines deleted...]
-  <si>
     <t>B2B Excellence Ltd.</t>
   </si>
   <si>
-    <t>Mirzapur Purbapara, 08, No Mirzapur Mowza, Dhaka, 1704, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Badenia Bettcomfort GmbH &amp; Co. KG</t>
   </si>
   <si>
-    <t>1, Niederschopfheimer Straße, Friesenheim/ Oberschopfheim, 77948, GERMANY</t>
-[...1 lines deleted...]
-  <si>
     <t>NETHERLANDS</t>
   </si>
   <si>
     <t>Banketbakkerij Merba BV.</t>
   </si>
   <si>
     <t>2, Wilhelminakanaal Noord, Oosterhout, Noord-Brabant, 4902 VR, NETHERLANDS</t>
   </si>
   <si>
     <t>Baoding New Days Garment Co., Ltd.</t>
   </si>
   <si>
-    <t>Economic Developing Region in Beiduan Village, Anguo, Baoding, Hebei, 071200, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>POLAND</t>
   </si>
   <si>
     <t>Beaulieu Polska</t>
   </si>
   <si>
     <t>No. 7, Ul. Kościuszki, Kiertz, 48-130, POLAND</t>
   </si>
   <si>
     <t>BFS Europe NV</t>
   </si>
   <si>
-    <t>No. 15A, Groene Dreef, Kruishoutem, 9770, BELGIUM</t>
-[...1 lines deleted...]
-  <si>
     <t>Binzhou Jinrui Hometextile Co., Ltd.</t>
   </si>
   <si>
-    <t>588, Donghai 4th Road, Bincheng District, Binzhou, Shandong, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>CZECH REPUBLIC</t>
   </si>
   <si>
-    <t>Brand Promotion CZ, s.r.o.</t>
-[...4 lines deleted...]
-  <si>
     <t>Burcu Tekstil San Ve Tic A.S. (Duzce</t>
   </si>
   <si>
-    <t>No. 8, D-100 Karayolu Uzeri Altinpinar Koyu, Duzce, 81100, TÜRKİYE</t>
-[...1 lines deleted...]
-  <si>
     <t>Burcu Tekstil Sanayi Ve Ticaret A.S.</t>
   </si>
   <si>
-    <t>3, Ornek Mahallesi Erzurum Kongre Caddesi, Essenyurt, Istanbul, TÜRKİYE</t>
-[...1 lines deleted...]
-  <si>
     <t>CA Knitwear Ltd.</t>
   </si>
   <si>
-    <t>Bhabanipur, Gazipur, 1700, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Caelygirl (Anhui) Co., Ltd.</t>
   </si>
   <si>
-    <t>12, Ruquan Blvd., Huaiyuan Development Zone, Bengbu, Anhui, 233400, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMBODIA</t>
   </si>
   <si>
     <t>Camkaxin (Cambodia) Co., Ltd.</t>
   </si>
   <si>
-    <t>210, Street Lum, Phum Prepring Khang Cheurng 2, Phnom Penh, CAMBODIA</t>
-[...7 lines deleted...]
-  <si>
     <t>CG Glory (Cambodia) Manufacturing Co., L</t>
   </si>
   <si>
-    <t>Phum Trear, Sangkat Stoeung Mean Chey, Khan Mean Chey, Phnom Penh, CAMBODIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Chandra Mats Pvt. Ltd.</t>
   </si>
   <si>
-    <t>Plot No K-224, 225  MIDC, Area, Waluj, Aurangabad, Gangapur, Maharashtra, 431136, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Changshu Dajia Textiles Co., Ltd.</t>
   </si>
   <si>
-    <t>Xinqiao Village , Guli Town, Changshu, Jiangsu, 215500, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Changshu Xiahong Textile Co., Ltd.</t>
   </si>
   <si>
-    <t>No. 106, Nanyuan Road, Changshu, Jiangsu, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Changshu Xin Shi Fang Textile Co.,Ltd</t>
   </si>
   <si>
-    <t>No.2 Building，No.18 Yufeng Road，Yushan Fangbang Industrial Z, Changshu, Jiangsu, 215500, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Changshu Zhengtai Textiles Co., Ltd.</t>
   </si>
   <si>
-    <t>No. 9-1, Jiulong Road, Changshu, Jiangsu, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>CHANGZHOU BROAD NEW MATERIALS</t>
   </si>
   <si>
-    <t>No.191 Baiyang Bridge, Zhenglu Town ,Changzhou City, Jiangsu, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Changzhou Innovation HomeStyles Co., Ltd</t>
   </si>
   <si>
-    <t>8, East Chuangye Road, Baizhang, Chunjiang Town, Xinbei Dist, Changzhou, Jiangsu, 213161, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Changzhou Kaifeng Rubber Products Co.,</t>
   </si>
   <si>
-    <t>No. 68, Nujiang Road, Jincheng Town, Jintan District,, Changzhou, Jiangsu, 213200, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Chizhou City Bisheng Socks</t>
   </si>
   <si>
-    <t>Sandazhou Socks Industry Zone, Guichi District, Chizhou, Anhui, 247100, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Chizhou Xinrong Socks Co., Ltd.</t>
   </si>
   <si>
-    <t>Guichi Industrial Park, Chizhou, Anhui, 247100, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Chongqing Baixie Garment Weaving</t>
   </si>
   <si>
-    <t>11, Lane 3, Sujiajuwei Jingzhong Rd, Zhongzhou St, Zhongxing Co., Chongqing, Chong Qing, 404300, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Chorka Apparels Ltd.</t>
   </si>
   <si>
-    <t>Danga Industrial Park,Kazirchor, Danga, Palash, Narsingdi, 1610, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Chorka Textile Ltd.</t>
   </si>
   <si>
-    <t>Kazirchor, Danga, Polas, Narshingdi, Narshingdi-Dhaka, 1610, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>4001-5000</t>
   </si>
   <si>
-    <t>Kazirchor, Danga, Polas, Narshingdi, Narshingdi-Dhaka, 1720, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Citadel Apparels Ltd.</t>
   </si>
   <si>
-    <t>Joy Bangla Road, Kunia, K.B. Bazar, Gazipur Sadar, Dhaka, 1704, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Cixi Xiaolin Kewei Shoes Factory</t>
   </si>
   <si>
-    <t>Xiaoluyan Village, Ningbo, Zhejiang, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>INDONESIA</t>
   </si>
   <si>
     <t>Classic Carpets</t>
   </si>
   <si>
-    <t>JI. Rungkut Industries, 11/39 Kota Surabaya,, Jawa Timur, Jawa Timur East Java, 60292, INDONESIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Classique Textile (PVT) Ltd.</t>
   </si>
   <si>
-    <t>Batala Colony Satiana Road, Faisalabad, 38000, PAKISTAN</t>
-[...1 lines deleted...]
-  <si>
     <t>Coco Fibre Tex</t>
   </si>
   <si>
-    <t>IV/428/429, Mararikulam South Grama Panchayathu, Kerala, Kerala, 688567, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Coiryarantex</t>
   </si>
   <si>
-    <t>Asramam Ward,Opp.Sree Ramakrishna Asramam,Avalookunnu.PO, Alappuzha, Kerala, 688006, INDIA</t>
-[...7 lines deleted...]
-  <si>
     <t>Continental Home Furnishings</t>
   </si>
   <si>
-    <t>Deli Baghpat Rd., Dundahera, Industrial Area, Khekra, Uttar Pradesh, 250101, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Cooltex (Anhui) Manufacturing Ltd.</t>
   </si>
   <si>
-    <t>No. 8, Jingyi South Road, Tongcheng, Anhui, 231400, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Cotton Blossom (India) Pvt Ltd Unit II</t>
   </si>
   <si>
-    <t>Shed No: 15, Netaji Apparel Park, Ettiveerampalayam, Tirupur, Tamil Nadu, 641666, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Cotton Dyeing &amp; Finishing Mills Ltd.</t>
   </si>
   <si>
-    <t>10, Amtoli Union, Habirbari, Mymenshingh, 2240, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>CPAK Garment (Cambodia) Co., Ltd.</t>
   </si>
   <si>
-    <t>Trapeang Sala Village, Pong Tuek Commune, Dangkao District, Phnom Penh, 12050, CAMBODIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Creation Textiles Corp Ltd.</t>
   </si>
   <si>
-    <t>Shitian Road, Yangchenghu Town, Xiangcheng District, Suzhou, Jiangsu, 215138, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Crown Exclusive Wears Ltd.</t>
   </si>
   <si>
-    <t>Mawna, Sreepur, Dhaka, Gazipur, 1740, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>2001-3000</t>
   </si>
   <si>
     <t>Crown Fashion Sweaters Ind. Ltd.</t>
   </si>
   <si>
-    <t>Plot 781-782, Vogra, Joydebpur, Gazipur, 1704, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Crown International Textile Pvt., Ltd.</t>
   </si>
   <si>
-    <t>Behind Sector29, HUDA, Panipat, 132103, INDIA</t>
-[...13 lines deleted...]
-  <si>
     <t>Al Hadi Textile (PVT) Ltd</t>
   </si>
   <si>
-    <t>3.5 Km Off Rohi Nala, Hadiara Drain, Off 22 Km Ferozpur Road, Lahore, 54900, PAKISTAN</t>
-[...1 lines deleted...]
-  <si>
     <t>BÜMAG eG Mitgliedsbetrieb</t>
   </si>
   <si>
-    <t>29, Schönheider Str., Stützengrün, Saxony, 08328, GERMANY</t>
-[...25 lines deleted...]
-  <si>
     <t>f.a.n. frankenstolz schlafkomfort</t>
   </si>
   <si>
-    <t>19, Hangstraße, Oschatz, Saxony, 04758, GERMANY</t>
-[...1 lines deleted...]
-  <si>
     <t>Flooratex Rubber &amp; Plastics (P) Ltd.</t>
   </si>
   <si>
-    <t>Kottayam, Kerala, 686012, INDIA</t>
-[...7 lines deleted...]
-  <si>
     <t>Hangzhou Laojike Shoe Industry Co.</t>
   </si>
   <si>
-    <t>8, Building 4, Chunjian Industrial Zone, Chunjian Townsh, Hangzhou, Zhejiang, 310000, CHINA</t>
-[...13 lines deleted...]
-  <si>
     <t>Jiangsu APE Sporting Goods Co., Ltd.</t>
   </si>
   <si>
-    <t>18, Jinxi Road, Daoshu Town, Danyang, Jiangsu, 212361, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Jiangsu Laike Tourist Products</t>
   </si>
   <si>
-    <t>168, Changli East Road, Huangtang Town, Danyang City, Zhenjiang, Jiangsu, 212327, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>JIANGYIN KAIHUA PRINTING CO.LTD</t>
   </si>
   <si>
-    <t>SHUXIN CUN HUASHI TOWN JIANGYIN, JIANGSU, JiangYin, Jiangsu, 214421, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Jinping County Fengsheng Clothing</t>
   </si>
   <si>
-    <t>2, Negative three layers, Commercial Building, Dagongtian, Qiandongnam, Guizhou, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Kunshan CCF Home Textile Co., Ltd.</t>
   </si>
   <si>
-    <t>100, Dianxing Road, Kunshan, Jiangsu, 215345, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Leo Rugs Factory</t>
   </si>
   <si>
-    <t>Industrial Zone Kataneya, Cairo, Cairo, 11765, EGYPT</t>
-[...1 lines deleted...]
-  <si>
     <t>Liberty Mills Limited (Unit II)</t>
   </si>
   <si>
-    <t>A/51-A. SITE, Karachi, 75700, PAKISTAN</t>
-[...7 lines deleted...]
-  <si>
     <t>M.K. Sons Pvt. Ltd.</t>
   </si>
   <si>
-    <t>2KM, Jaranwala Road, Khurrianwala, Faisalabad, Faisalabad, 38000, PAKISTAN</t>
-[...10 lines deleted...]
-  <si>
     <t>Mallow International</t>
   </si>
   <si>
-    <t>S.F.No. 535 &amp; 536, SALEM BYPASS ROAD, SEMMADAI, Karur, Tamil Nadu, 639006, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Mercury Flooring Asia Ltd</t>
   </si>
   <si>
-    <t>Intelligent Industrial Park, 37 Huaihe Road,, Rizhao, Shandong, 276800, CHINA</t>
-[...13 lines deleted...]
-  <si>
     <t>Nanjing Meihua Feather and Down</t>
   </si>
   <si>
-    <t>Renmin Road, Ma’an Subdistrict,, Nanjing, Jiangsu, 210000, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>NANTONG LIANFA GLOVES SPINNING AND WE</t>
   </si>
   <si>
-    <t>Nantong, Jiangsu, 226019, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Ningbo Tanglong Plastic Industry Co.,</t>
   </si>
   <si>
-    <t>No.14, Hengan Road, Fangqiao Industrial Zone, Fen ghua, Ningbo, Zhejiang, 315000, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Ningbo Zhongtian Apex Household</t>
   </si>
   <si>
-    <t>15th Xiongong 2nd Road, NingHai, Ningbo, Zhejiang, 315600, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Oriental Weavers International S.A.E</t>
   </si>
   <si>
-    <t>n/a, 3rd Industrial Private  Free Zone, 10th of  Ramadan city,, Al Sharqia, 11111, EGYPT</t>
-[...1 lines deleted...]
-  <si>
     <t>Prem Textiles (International) Pvt Ltd</t>
   </si>
   <si>
-    <t>46A/27B,, Sanwar Road, Sector C, Industrial Area, Indore, Madhya Pradesh, 452015, INDIA</t>
-[...7 lines deleted...]
-  <si>
     <t>Pujiang Yizhou Home Textiles Co., Ltd</t>
   </si>
   <si>
-    <t>589, Fenghe Road, Pujiang, Zhejiang, 322200, CHINA</t>
-[...4 lines deleted...]
-  <si>
     <t>SRI LANKA</t>
   </si>
   <si>
-    <t>Rileys PVT Ltd</t>
-[...16 lines deleted...]
-  <si>
     <t>Shandong Angel Home Textile Co.,Ltd</t>
   </si>
   <si>
-    <t>No.313 of 3rd industry Road, Hi-tech development Zone, Feich, Taian, Shandong, 271600, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Shandong Dongwo Environmental New Mat</t>
   </si>
   <si>
-    <t>Laicheng Industrial Area, Laiwu District, Jinan City, Shandong, 271114, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Shaoxing Evergreen Knitting Co., Ltd.</t>
   </si>
   <si>
-    <t>1058, Fusheng Lushan Industrial Park, Yuecheng District, Shaoxing, Zhejiang, 312000, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Shaoxing Mengfan Textile Co., Ltd.</t>
   </si>
   <si>
-    <t>666, 4/F, Building 3#, Bujin Road, Qixian Street, Shaoxing, Zhejiang, 312000, CHINA</t>
-[...4 lines deleted...]
-  <si>
     <t>Shaoxing Peak &amp; Lead Arts And Crafts</t>
   </si>
   <si>
-    <t>No.17 Lanxiongshan Zhong Road, Lianghu Town, Shangyu City, Zhejiang, 312300, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Sharadha Terry Products Pvt. Ltd.</t>
   </si>
   <si>
-    <t>415/1B, Door No. / Plot 413/2B, Pooluvapalayam, Poo, Coimbatore, Tamil Nadu, 641653, INDIA</t>
-[...7 lines deleted...]
-  <si>
     <t>Surya Overseas</t>
   </si>
   <si>
-    <t>Across Both Canals Near Shiv Mandir Chowk Jatil Road, Panipat, Haryana, 132103, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Suzhou Fiber Textile Technology Co.,</t>
   </si>
   <si>
-    <t>No. 28 Xiangwang Road, Huangjing Town, Taicang, Jiangsu, 215400, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Taixing Haiyi Textile Co., Ltd.</t>
   </si>
   <si>
-    <t>No. 1-2, Ben Ma Road, Taixing, Jiangsu, 225454, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Taizhou Donghe Arts &amp; Craft Co., Ltd.</t>
   </si>
   <si>
-    <t>No. 199, Jinling Road, Linhai, Zhejiang, 317000, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Taizhou Shixin Arts Craft Factory</t>
   </si>
   <si>
-    <t>No.3, Henglongqiao, Henglongqiao Village, Xinqiao Town, Luqiao, Taizhou, Zhejiang, 318000, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Taizhou Yuanhong Houseware Co.,Ltd</t>
   </si>
   <si>
-    <t>HEFANGZHAO VILLIAGE, BAIHE TOWN, Taizhou, Zhejiang, 317201, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Vebe Floorcoverings B.V.</t>
   </si>
   <si>
     <t>12, Inslag, Genemuiden, Overijssel, 8281 JV, NETHERLANDS</t>
   </si>
   <si>
     <t>Vebe Flooring</t>
   </si>
   <si>
     <t>Inslag 12, JV Genemuiden, Overijssel, 8061 SB, NETHERLANDS</t>
   </si>
   <si>
-    <t>William Goodacre &amp; Sons India Private</t>
-[...4 lines deleted...]
-  <si>
     <t>AUSTRALIA</t>
   </si>
   <si>
     <t>Wool Products Australia Pty Ltd.</t>
   </si>
   <si>
-    <t>6, Shaw Road, Ingleburn, New South Wales, 2565, AUSTRALIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Xinle Huabao Plastic Products Co., Lt</t>
   </si>
   <si>
-    <t>No. 210, Nanhuan Road, Xinle, Hebei, 050700, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Yancheng Senfu Decorative Carpet</t>
   </si>
   <si>
-    <t>8, Weisi Road, Yannan Mechancial &amp; Electrical Industrial Park, Yancheng, Jiangsu, 224005, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Yongkang Dongqi Household</t>
   </si>
   <si>
-    <t>138, Yuegui South Road, Jinhua, Zhejiang, 314200, CHINA</t>
-[...16 lines deleted...]
-  <si>
     <t>Dafeng YouMeHome Textiles Co., Ltd.</t>
   </si>
   <si>
-    <t>3, Zhangjian Road, Dazhong Industrial Zone, Dafeng District, Yancheng, Jiangsu, 224199, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>DAFENG ZHENYU TOYS CO., LTD.</t>
   </si>
   <si>
-    <t>South Side of Nanxiang Road, Dafeng District, Yancheng, Jiangsu, 224000, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Danyang Lebang Textile Co., Ltd</t>
   </si>
   <si>
-    <t>Baima Village, Daoshu Town,, Danyang, Jiangsu, 212327, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>DEKA Tekstil Kuruyemis Ithalat Ihracat</t>
   </si>
   <si>
-    <t>No. 12, Hacieyuplu Mah. 3115 Sok., Denizli, 20200, TÜRKİYE</t>
-[...1 lines deleted...]
-  <si>
     <t>Delicate Foods</t>
   </si>
   <si>
-    <t>East of Mizhou Road, Shandong, Shandong, 262200, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Deqing County Meiyuan Technics Finery</t>
   </si>
   <si>
-    <t>Beigaoqiao of West, Huzhou, Zhejiang, 313201, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Devom India</t>
   </si>
   <si>
-    <t>Plot No 78, sector -29,Part 2, HUDA, Panipat, Haryana, 111111, INDIA</t>
-[...13 lines deleted...]
-  <si>
     <t>Disari Industries (Pvt) Ltd.</t>
   </si>
   <si>
-    <t>B-193, Fakir Market Road, Bscic, Industrial Estate, Tongi, Gazipur, Dhaka, 1710, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Dobnig GmbH (Sewing Company)</t>
   </si>
   <si>
-    <t>8, Ruenhorst, Bocholt, Nrth Rhine Westfalia, 46395, GERMANY</t>
-[...1 lines deleted...]
-  <si>
     <t>Dongguan Yimei Houseware Co., Ltd.</t>
   </si>
   <si>
-    <t>No. 66, Daling Road, Gaoying Village, Dalang Town, Dongguan, Guangdong, 523770, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Dongtai Jiafeng Embroidery Co., ltd</t>
   </si>
   <si>
-    <t>1st Industrial Zone Shangsha Changan Town, Dongguan, Jiangsu, 523867, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Dongyang City Tianli Knitting Co., Ltd.</t>
   </si>
   <si>
-    <t>356, Dongkang Road, Dongyang, Zhejiang, 322100, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Ehsan Garments Ltd.</t>
   </si>
   <si>
-    <t>Kunia Pachar, K.B Bazar, Targach, Gazipur, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>EMS Apparels Ltd.</t>
   </si>
   <si>
-    <t>Barenda, Kashimpur, Gazipur Sadar, Gazipur, 1704, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Euphoria Apparels Ltd.</t>
   </si>
   <si>
-    <t>Shimultola, Jamgora, Ashulia, Dhaka, 1344, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Euro Safety Footwear (India) Pvt. Ltd.</t>
   </si>
   <si>
-    <t>B-49/4, 49/5, 54/3 EPIP, Shastripuram, Agra, Provinz: Uttar Prade, 282007, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>EuroComfort Asia Pacific Co., Ltd.</t>
   </si>
   <si>
-    <t>No. 30, Xin Anjiang Road, Chuzhou, Anhui, 239000, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Euro-Comfort Sp. z o.o.</t>
   </si>
   <si>
     <t>No. 49, ul. Spóldzielcza, Leszno, Wielkopolskie, 64-100, POLAND</t>
   </si>
   <si>
     <t>Everbright Sweater Ltd.</t>
   </si>
   <si>
-    <t>Dhaka, BANGLADESH</t>
-[...19 lines deleted...]
-  <si>
     <t>PORTUGAL</t>
   </si>
   <si>
     <t>Faria da Costa</t>
   </si>
   <si>
-    <t>Rua de Crastro, 4750-767 Ucha, Braga, 0000-000, PORTUGAL</t>
-[...1 lines deleted...]
-  <si>
     <t>Feroze1888 Mills Ltd. (Site I)</t>
   </si>
   <si>
-    <t>C-3, H23/A4, Scgeme, Karachi, 75160, PAKISTAN</t>
-[...1 lines deleted...]
-  <si>
     <t>Feroze1888 Mills Ltd. (Site II)</t>
   </si>
   <si>
-    <t>S-81, Deh Moachko Tapo Gabopat Northern Bypass Road, Karachi, 75120, PAKISTAN</t>
-[...1 lines deleted...]
-  <si>
     <t>Flaxen Dress Maker Ltd.</t>
   </si>
   <si>
-    <t>Meghdubi, Gazipur City, Gazipur, 1700, BANGLADESH</t>
-[...10 lines deleted...]
-  <si>
     <t>Forever Colour Garment Co., Ltd.</t>
   </si>
   <si>
-    <t>Phum Trapaing Por, Sankat Choam Chao 3, Khan Porsenchey, Phnom Penh, CAMBODIA</t>
-[...7 lines deleted...]
-  <si>
     <t>Foshan Nanhai Aiyasi Underwear Co., Ltd.</t>
   </si>
   <si>
-    <t>No. 1, Street of Xinhua, Foshan, Guangdong, 528247, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Friedola 1888 GmbH</t>
   </si>
   <si>
-    <t>1, Topfmühle, Meinhard- Frieda, Hessen, 37276, GERMANY</t>
-[...1 lines deleted...]
-  <si>
     <t>Fujian Huayue Garments Co., Ltd.</t>
   </si>
   <si>
-    <t>69, Road East, Shenhu Town, Jinjiang City, Fujian, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Fujian Nan'an Ruiqing Shoes &amp; Garments</t>
   </si>
   <si>
-    <t>117, Tanghoupu, Wushan Village, Meilin Town, Nan'an, Fujian, 362300, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Fujian Pufeng Shoes Co. Ltd.</t>
   </si>
   <si>
-    <t>Suanling Village, Xincuo Town, Fuqing City, Fujian, 353011, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Fujian Sailong Trading Co., Ltd.</t>
   </si>
   <si>
-    <t>Fengting Industrial Park, Xianyou County, Putian, Fujian, 351100, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Funing County Donggou Woolen</t>
   </si>
   <si>
-    <t>46, Jiandong Road, Donggou Town,Funing County, Yancheng, Jiangsu, 224405, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Fuqing Yongxiu Shoes Industrial Co., Ltd</t>
   </si>
   <si>
-    <t>Qiyun illage, Fuqing, Fujian, 350300, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Fuyang Jinyuanju Socks Co., Ltd.</t>
   </si>
   <si>
-    <t>2, Building, Intersection of Jinger Road and Weiwu Road, Fuyang, Anhui, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Fuzhou Heguan Industrial Co., Ltd.</t>
   </si>
   <si>
-    <t>Baijin Industrial Park, Baizhong Town, Minqing County, Fuzhou, Fujian, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Gadoon Textile Mills Ltd.</t>
   </si>
   <si>
-    <t>57 K.M on Super Highway, near Karachi, Sindh, 75350, PAKISTAN</t>
-[...1 lines deleted...]
-  <si>
     <t>Gaotang Longfeng Knitting Co., Ltd.</t>
   </si>
   <si>
-    <t>The North of Huixin Road, Liaocheng, Shandong, 252800, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Garland Sales Inc</t>
   </si>
   <si>
-    <t>1800 Antioch Rd, Dalton, Georgia, 30721, UNITED STATES</t>
-[...4 lines deleted...]
-  <si>
     <t>Gezer Ayakkabı Deri Sanayi ve Tic. A.Ş.</t>
   </si>
   <si>
-    <t>Atatürk Mahallesi Lozan Caddesi, Istanbul, Istanbul, 34522, TÜRKİYE</t>
-[...1 lines deleted...]
-  <si>
     <t>Gohar Textile Mills Pvt., Ltd.</t>
   </si>
   <si>
-    <t>3,5 KM Jhummra Road, Faisalabad, 38000, PAKISTAN</t>
-[...1 lines deleted...]
-  <si>
     <t>Golden Terry Towel Pvt. Ltd.</t>
   </si>
   <si>
-    <t>Vill. Jhattipur, G.T. Road, Panipat, Haryana, 132103, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Goldstar Fashions Ltd.</t>
   </si>
   <si>
-    <t>112-113, Plot No. A, BSCIC Industrial Estate, Tongi, Gazipur, 1710, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Goodearth Apparels Ltd.</t>
   </si>
   <si>
-    <t>Tepirbari, Sreepur, Gazipur, 1740, BANGLADESH</t>
-[...1 lines deleted...]
-  <si>
     <t>Grand Hali Tekstil Sanayi Ve Ticaret AS</t>
   </si>
   <si>
-    <t>No. 2, 4.Organize Sanayi Bölgesi 83413 Nolu cad, Sehitkamil, Gaziantep, 27630, TÜRKİYE</t>
-[...1 lines deleted...]
-  <si>
     <t>Great New Beiyue Garment (Cambodia) Co.,</t>
   </si>
   <si>
-    <t>National Road No. 4, Land Lord, No. P1-033-034, Kam Rieng, Phnom Penh City, CAMBODIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Great New Talent Factory (Cambodia) Co.,</t>
   </si>
   <si>
-    <t>32, Phum Toulpongror, Sangkat Chom Chao, Khan Posenchey, Phnom Penh, CAMBODIA</t>
-[...7 lines deleted...]
-  <si>
     <t>Grover International</t>
   </si>
   <si>
-    <t>0-34, Industrial Area, Panipat, Haryana, 132103, INDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Guangdong Yuanha New Material Industry</t>
   </si>
   <si>
-    <t>Sanzhou, Gaoming Dadao, Hecheng Street, Gaoming District, Foshan City, Guangdong, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Guizhou Danniya Garments &amp;</t>
   </si>
   <si>
-    <t>2, Negative three layers, Commercial Building, Jinping, Guizhou, 556700, CHINA</t>
-[...13 lines deleted...]
-  <si>
     <t>Gul Ahmed Textile Mills Ltd. (Site 4)</t>
   </si>
   <si>
-    <t>Plot 368, 369 Main National Highway, Karachi, 75120, PAKISTAN</t>
-[...1 lines deleted...]
-  <si>
     <t>Gupta International</t>
   </si>
   <si>
-    <t>Pasina Khurd Road, Village Sinah,Haryana, Village Sewah Panipat, Haryana, 132103, INDIA</t>
-[...7 lines deleted...]
-  <si>
     <t>Haike (Hengshui) Building Materials</t>
   </si>
   <si>
-    <t>Wuqiang Industrial Zone, Wuqiang, Hebei, 053300, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Chenyi Home Textiles Co., Ltd.</t>
   </si>
   <si>
-    <t>No. 8, AO Zhuang Chencun Indust. Park, Suoqian, Xiaoshan Distr, Hangzhou, Zhejiang, 311254, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Diran Textile Co., Ltd.</t>
   </si>
   <si>
-    <t>10, Room 305, Room 407,Building 2, Shunqi Road, Tangqi Town, Hangzhou, Zhejiang, 311199, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Fukai Footwear Co., Ltd.</t>
   </si>
   <si>
-    <t>978, Xiejia Village, Puyang Town, Xiaoshan District, Hangzhou, Zhejiang, 311200, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Futan Knitting Co., Ltd.</t>
   </si>
   <si>
-    <t>439, Hengfu Rd, Hengcun Town, Tonglu County, Hangzhou, Zhejiang, 311512, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Gold Coast Down Products Co.,</t>
   </si>
   <si>
-    <t>Louxiachen Village,Xintang Street, Xiaoshan District, Hangzhou, Zhejiang, 311209, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Hansan Home Furniture Co.,Ltd.</t>
   </si>
   <si>
-    <t>5 - 3, Baiye Road, Xikou Village, Baizhang Town, Yuhang, Hangzhou, Zhejiang, 311118, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Haoshi Shoes Co Ltd</t>
   </si>
   <si>
-    <t>Hangzhou, Zhejiang, 311400, CHINA</t>
-[...7 lines deleted...]
-  <si>
     <t>Hangzhou Joyce Household Textiles Co.,</t>
   </si>
   <si>
-    <t>No. 2675, Xinluo Road, Xintang Street, Hangzhou, Zhejiang, 311201, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Kangji Shoes Co., Ltd.</t>
   </si>
   <si>
-    <t>Shi San Fang Village, Pu Yang Town, Xiaoshan District, Hangzhou, Zhejiang, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Pangdi Outdoor Products Co.,</t>
   </si>
   <si>
-    <t>307, Shitashang, Qiufeng Village, Fuchun Street, Fuyang District, Anhui, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Pinhang Home Textile Co., Ltd.</t>
   </si>
   <si>
-    <t>788, Donganyi Road, Xintang Street, Xiaoshan District, Hangzhou, Zhejiang, 311201, CHINA</t>
-[...4 lines deleted...]
-  <si>
     <t>Hangzhou Siepake Garments Co., Ltd.</t>
   </si>
   <si>
-    <t>516, Building 35, Majia Road, Fengchuan Street, Tonglu County, Hangzhou, Zhejiang, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Special Glory Industrial Co.,</t>
   </si>
   <si>
-    <t>Lingyuan Industrial Park, Yangcunqiao Town, Jiande City, Hangzhou, Zhejiang, 311602, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>HangZhou TianYuan Pet Products Factory</t>
   </si>
   <si>
-    <t>10-1, Xingling Road, Xingqiao, Hangzhou, Zhejiang, 311100, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>HANGZHOU TONGLU PHOENIX KNITTING WEAVING</t>
   </si>
   <si>
-    <t>Hangzhou, Zhejiang, 311512, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Wanao Technology Co., Ltd.</t>
   </si>
   <si>
-    <t>35, Building, No. 6 Waiyu West Road, ,Fengchuan Street, Hangzhou, Zhejiang, 311508, CHINA</t>
-[...1 lines deleted...]
-  <si>
     <t>Hangzhou Yukai Garments Co., Ltd.</t>
   </si>
   <si>
+    <t>Hangzhou Zhongcheng Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hangzhou Zhongyi Textile Fashion Co. Ltd</t>
+  </si>
+  <si>
+    <t>Hateks Hatay Tekstil Isletmeleri A.S.</t>
+  </si>
+  <si>
+    <t>HD Safety Gloves (Jiangsu) Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hebei Dahan Textile Products Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hebei Jiawei Clothing Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hebei Kaiyuan Textile Technology Co.,</t>
+  </si>
+  <si>
+    <t>Henan Baisheng Footwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Henan Prosper &amp; Colomer Moda Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Henan Sigil Garment Manufacturing Co.,</t>
+  </si>
+  <si>
+    <t>Henan Tengrun Industrial Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hengxian Jindian Underwear Factory</t>
+  </si>
+  <si>
+    <t>Heniemo Home Collection Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hermann Biederlack GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>Homecare Textiles</t>
+  </si>
+  <si>
+    <t>Huangshan Snuggle Bedding Products Co.,</t>
+  </si>
+  <si>
+    <t>Huangshan Spring Textile Co</t>
+  </si>
+  <si>
+    <t>Hubei Mianhuo Mianban Intelligent</t>
+  </si>
+  <si>
+    <t>Hubei Yaxin Home Group Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hunan Jiantai Shoes</t>
+  </si>
+  <si>
+    <t>Hunan Jixiang Home Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Huzhou Qiqi Home Textiles Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Huzhou Universal Glove Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Impress-Newtex Composite Textiles Ltd.</t>
+  </si>
+  <si>
+    <t>Indo Count Industries Ltd.</t>
+  </si>
+  <si>
+    <t>Indus Home Ltd.</t>
+  </si>
+  <si>
+    <t>Iris Design Ltd.</t>
+  </si>
+  <si>
+    <t>J. L. Sweaters Ltd.</t>
+  </si>
+  <si>
+    <t>J.L. Fashions Ltd.</t>
+  </si>
+  <si>
+    <t>Jiande Flying Home-Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiande Junyue Home Textiles Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiande Taopu Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangsu Autex Industrial Co Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangsu Doni Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangsu E-run Garment Co., Ltd</t>
+  </si>
+  <si>
+    <t>Jiangsu Hongshang Textile</t>
+  </si>
+  <si>
+    <t>Jiangsu Kairui Home Textile</t>
+  </si>
+  <si>
+    <t>Jiangsu Lilong Outdoor Products Co., Ltd</t>
+  </si>
+  <si>
+    <t>Jiangsu Sunrise Textile</t>
+  </si>
+  <si>
+    <t>Jiangsu Yililai Home Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangsu Yumeiren Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangsu Zhongfanglian Knitwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangxi Baocheng Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangxi Bohan Import &amp; Export Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangxi Breath Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangxi Dingfeng Footwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangxi Yongli Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangxin (zhejiang) Eco Home Technology</t>
+  </si>
+  <si>
+    <t>Jiangyin Hongmei Textile &amp; Garments</t>
+  </si>
+  <si>
+    <t>Jiangyin Jiangshi Knitting Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangyin Kaihua Printing Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangyin One Touch Knitting Co., Ltd.</t>
+  </si>
+  <si>
+    <t>JiangYin Qingtong Garment Co., Ltd</t>
+  </si>
+  <si>
+    <t>Jiangyin Shutian Textile Co.,Ltd</t>
+  </si>
+  <si>
+    <t>Jiangyin Youjin Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangyin Yueyuehong Socks Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiaolu Textile (Nantong) Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiaozuo City Guangxing Shoes Company</t>
+  </si>
+  <si>
+    <t>Jiaozuo Dahua Knitwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiaxing AM Esense Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiaxing Innovative Manufactory Ltd.</t>
+  </si>
+  <si>
+    <t>Jilin Province YiShan Hosiery Knitting</t>
+  </si>
+  <si>
+    <t>Jinhua Jieling Houseware Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jinhua Jieling Housewares Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jinhua Texong Household Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jinhua Yue'er Arts Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jining Glove and Sewing Product</t>
+  </si>
+  <si>
+    <t>Jining Manxing Hangmeng Intelligent</t>
+  </si>
+  <si>
+    <t>Jinjiang Dali Garments &amp; Weaving Co.,</t>
+  </si>
+  <si>
+    <t>Jinjiang Newsun Footwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jinjiang Pingsheng Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jinjiang Ruxing Garments &amp;</t>
+  </si>
+  <si>
+    <t>Jinjiang Wancheng Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jinjiang Zu Xiang Shoes Materil Co.,</t>
+  </si>
+  <si>
+    <t>John Cotton Australia</t>
+  </si>
+  <si>
+    <t>John Cotton Europe</t>
+  </si>
+  <si>
+    <t>1, Szczawieńska, Szczawno-Zdrój, Wielkopolskie, 58-310, POLAND</t>
+  </si>
+  <si>
+    <t>THAILAND</t>
+  </si>
+  <si>
+    <t>Joyful Living Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Joytex Homestyle Co.,Ltd</t>
+  </si>
+  <si>
+    <t>Junan Mingcheng Bags Co Ltd</t>
+  </si>
+  <si>
+    <t>Jurong Dongfeng Knitting Hat Factory</t>
+  </si>
+  <si>
+    <t>Juye Tengfei Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Juye Wante Clothing Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Kaihua Huasheng Shoes</t>
+  </si>
+  <si>
+    <t>Kamal Ltd.</t>
+  </si>
+  <si>
+    <t>Kaps Sp. Z.o.o.</t>
+  </si>
+  <si>
+    <t>No. 40, Ul. Przemyslowa, Rzezawa, 32-765, POLAND</t>
+  </si>
+  <si>
+    <t>Karur Goldline Exports LLP</t>
+  </si>
+  <si>
+    <t>KC Bottom &amp; Shirt Wear Company</t>
+  </si>
+  <si>
+    <t>Kerala Balers Private Limited (STORAGE</t>
+  </si>
+  <si>
+    <t>Kerala Balers Pvty Ltd</t>
+  </si>
+  <si>
+    <t>Kiara Garments Vietnam Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Kimil Tekstil San. ve Tic. A.S.</t>
+  </si>
+  <si>
+    <t>KM Nobely Garments Ltd.</t>
+  </si>
+  <si>
+    <t>Kunshan Leige Textiles Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Laiwu Shinny Nonwoven Products Co., Ltd</t>
+  </si>
+  <si>
+    <t>LAIZHOU LIF ARTS&amp;CRAFTS CO.,LTD.</t>
+  </si>
+  <si>
+    <t>Laizhou Xinhui Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>LAKS TEX</t>
+  </si>
+  <si>
+    <t>Lanxi Yierbao Home Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Le'an Rongda Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Libas Textiles Ltd.</t>
+  </si>
+  <si>
+    <t>Liberty India</t>
+  </si>
+  <si>
+    <t>Liberty Knitwear Ltd.</t>
+  </si>
+  <si>
+    <t>Liberty Mills Limited (Unit I)</t>
+  </si>
+  <si>
+    <t>Liberty Mills Ltd. (Unit II)</t>
+  </si>
+  <si>
+    <t>Lida Textile &amp; Dyeing Ltd.</t>
+  </si>
+  <si>
+    <t>Linyi Dishang Garment Co., Ltd. Huaming</t>
+  </si>
+  <si>
+    <t>Lishui Wanbang Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Liz Fashion Industry Ltd. (Valuka Unit)</t>
+  </si>
+  <si>
+    <t>Loftex China Ltd.</t>
+  </si>
+  <si>
+    <t>Logos Apparels Ltd.</t>
+  </si>
+  <si>
+    <t>LONGGANG HAHA STATIONERY CO.,LTD</t>
+  </si>
+  <si>
+    <t>Lucida (Cambodia) Enterprise Co. Ltd.</t>
+  </si>
+  <si>
+    <t>Lucky Textile Mills</t>
+  </si>
+  <si>
+    <t>Lucky Textile Mills Ltd. (Unit II)</t>
+  </si>
+  <si>
+    <t>Luoyang Guanghui Shoes Making Factory</t>
+  </si>
+  <si>
+    <t>Luxury Home Furnishings</t>
+  </si>
+  <si>
+    <t>LZ Fashion Wear Ltd.</t>
+  </si>
+  <si>
+    <t>LZ Textile Ltd.</t>
+  </si>
+  <si>
+    <t>MAC CARPET</t>
+  </si>
+  <si>
+    <t>Mainstreet Manufacturing</t>
+  </si>
+  <si>
+    <t>Mao Xing Yuan (Cambodia)</t>
+  </si>
+  <si>
+    <t>Marma Composite Ltd.</t>
+  </si>
+  <si>
+    <t>Marvel Home Fashion</t>
+  </si>
+  <si>
+    <t>Mega Denim Ltd.</t>
+  </si>
+  <si>
+    <t>Merinos Hali San. Ve Tic. A.S. -</t>
+  </si>
+  <si>
+    <t>Metro Fabric Unit II</t>
+  </si>
+  <si>
+    <t>Metro Fabrics Unit II</t>
+  </si>
+  <si>
+    <t>Minimax Ltd.</t>
+  </si>
+  <si>
+    <t>BULGARIA</t>
+  </si>
+  <si>
+    <t>Modak Ltd.</t>
+  </si>
+  <si>
+    <t>Mohit International Pvt Ltd.</t>
+  </si>
+  <si>
+    <t>Moonlight Garments Ltd.</t>
+  </si>
+  <si>
+    <t>Moser Care and Support Wear</t>
+  </si>
+  <si>
+    <t>Multifabs Limited</t>
+  </si>
+  <si>
+    <t>Mustaqim Dyeing &amp; Printing Industries</t>
+  </si>
+  <si>
+    <t>N.C. John &amp; Sons (P) limited</t>
+  </si>
+  <si>
+    <t>Naci Corap San. ve Tic. A.Ş</t>
+  </si>
+  <si>
+    <t>Nanchang Ruiteng Houseware Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Nanchang Xindongyang Sciene &amp;</t>
+  </si>
+  <si>
+    <t>Nandan Terry Pvt., Ltd. (Unit2)</t>
+  </si>
+  <si>
+    <t>Nangong City Huihai Fur and</t>
+  </si>
+  <si>
+    <t>Nanjing Mallexe Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Nantong Elegance Home Co. Ltd</t>
+  </si>
+  <si>
+    <t>Nantong Etex Textile Co., Ltd</t>
+  </si>
+  <si>
+    <t>Nantong Fuying Foam Products Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Nantong Heritage Home Textiles Limited</t>
+  </si>
+  <si>
+    <t>Nantong Jiadeli Safety</t>
+  </si>
+  <si>
+    <t>Nantong Kunstronger Labor</t>
+  </si>
+  <si>
+    <t>Nantong Orient Hometex</t>
+  </si>
+  <si>
+    <t>Nantong Xinbailong Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Nanyangshi Juqian Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>NAZ Bangladesh Ltd.</t>
+  </si>
+  <si>
+    <t>Network Apparel Ltd.</t>
+  </si>
+  <si>
+    <t>Network Clothing Ltd.</t>
+  </si>
+  <si>
+    <t>Netzwerke Mittweida</t>
+  </si>
+  <si>
+    <t>Ningbo Eastsun Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ningbo Hengyang Clothing Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ningbo HYS Swimming Pool Equipment (Manu</t>
+  </si>
+  <si>
+    <t>Ningbo raffini home product co ltd</t>
+  </si>
+  <si>
+    <t>Ningbo RenTouNiao Habiliment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ningbo Xincheng Shoes Line Co. Ltd.</t>
+  </si>
+  <si>
+    <t>Ningbo Xinruiheng Commodity Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ningbo Yinzhou Shuangli Commodity Co., L</t>
+  </si>
+  <si>
+    <t>Ningbo Yinzhou Shuangna Garment Co.,</t>
+  </si>
+  <si>
+    <t>Ninghai Leyou Home Goods Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ningjin Lishi Garment Factory</t>
+  </si>
+  <si>
+    <t>Ningshan Huisheng Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Nipa Fashion Wear Ind. Ltd.</t>
+  </si>
+  <si>
+    <t>Nipa Knitwear Company</t>
+  </si>
+  <si>
+    <t>Nishat Mills Ltd. (Bath Division)</t>
+  </si>
+  <si>
+    <t>Noman Fashion Fabrics Ltd.</t>
+  </si>
+  <si>
+    <t>Nor Lanka Manufacturing Colombo Ltd.</t>
+  </si>
+  <si>
+    <t>Norlanka Centralized Cutting Plant</t>
+  </si>
+  <si>
+    <t>NPC South</t>
+  </si>
+  <si>
+    <t>Odyssey Dresses Ltd.</t>
+  </si>
+  <si>
+    <t>Om Sakthi A Tex</t>
+  </si>
+  <si>
+    <t>Onus Design Ltd.</t>
+  </si>
+  <si>
+    <t>Onus Garments Ltd.</t>
+  </si>
+  <si>
+    <t>Orient Allure Lingerie Ltd.</t>
+  </si>
+  <si>
+    <t>Oriental Weavers International S.A.E.</t>
+  </si>
+  <si>
+    <t>Oriental Weavers Textiles</t>
+  </si>
+  <si>
+    <t>P.P. International</t>
+  </si>
+  <si>
+    <t>Pacific Cotton Ltd</t>
+  </si>
+  <si>
+    <t>Pobji Emporium</t>
+  </si>
+  <si>
+    <t>Pole Star Fashion Design Ltd.</t>
+  </si>
+  <si>
+    <t>Prem Textiles International Pvt Ltd.</t>
+  </si>
+  <si>
+    <t>Prem Textiles International Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>Pujiang Longlong Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Pujiang Wenxin Home Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Pujiang Zhexin Home Textile Co., Ltd</t>
+  </si>
+  <si>
+    <t>PURAS | VICA International</t>
+  </si>
+  <si>
+    <t>7, Składowa, Grudziądz, Warminsko-mazurskie, 86-300, POLAND</t>
+  </si>
+  <si>
+    <t>Putian High Goods Footwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Putian Hongrui Industrial Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Putian Shuangda Sports Goods Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Putian Xiangyong Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Putian Xingyang Footwear Co. Ltd.</t>
+  </si>
+  <si>
+    <t>Puyang Blackant Fashion Co.,Ltd</t>
+  </si>
+  <si>
+    <t>Qicaihu Garments Weaving Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Qing He Bo Xin Wool Industry Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Qingdao Kingtex Co., Ltd</t>
+  </si>
+  <si>
+    <t>Qingdao Yajie Carpet Co., Ltd.</t>
+  </si>
+  <si>
+    <t>QINGDAO YUDONG HOUSEWARE TEXTILE CO LTD</t>
+  </si>
+  <si>
+    <t>Qingzhou Yifeng Clothing Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Quanzhou Cealand Sports Goods Co., Ltd.</t>
+  </si>
+  <si>
+    <t>QUANZHOU HUI'AN SONGNAN SHOES CO., LTD</t>
+  </si>
+  <si>
+    <t>Quanzhou Libaijia Sports Goods Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Quanzhou Luojiang Tianhong</t>
+  </si>
+  <si>
+    <t>Quanzhou Weihao Shoes Industry Co.,Ltd</t>
+  </si>
+  <si>
+    <t>Quanzhou Yaotai Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Quattro Fashion Ltd.</t>
+  </si>
+  <si>
+    <t>Quazi Abedin Tex Ltd.</t>
+  </si>
+  <si>
+    <t>Radiance Fashion Ltd.</t>
+  </si>
+  <si>
+    <t>Radiance Jeans Ltd.</t>
+  </si>
+  <si>
+    <t>Raghuvir Exim Limited</t>
+  </si>
+  <si>
+    <t>Raiyan Knit Composite Ltd</t>
+  </si>
+  <si>
+    <t>Rezaul Apparels (Pvt.) Ltd.</t>
+  </si>
+  <si>
+    <t>Rich Light Exports (Private) Ltd.</t>
+  </si>
+  <si>
+    <t>Richard Behr &amp; Co. GmbH</t>
+  </si>
+  <si>
+    <t>Riviera Home Furnishings Pvt Ltd. Plot</t>
+  </si>
+  <si>
+    <t>Rizhao Ruiqi Arts &amp; Crafts Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Rizvi Fashions Ltd.</t>
+  </si>
+  <si>
+    <t>RKH Handicrafts Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>Romo Fashion Today Ltd.</t>
+  </si>
+  <si>
+    <t>Rugao HongTai Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Rugs Creation</t>
+  </si>
+  <si>
+    <t>Ruian Daren Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ruian Qiyuan Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Rushan Jiali Garment Shareholding</t>
+  </si>
+  <si>
+    <t>Rushan Yijia Sweater Products Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Rustam Towel Pvt Ltd</t>
+  </si>
+  <si>
+    <t>Saanvi International</t>
+  </si>
+  <si>
+    <t>Sahil Plastics Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>Sancar Premium Socks , Lda</t>
+  </si>
+  <si>
+    <t>871, Rua Couto de Manhente, Manhente, 4750-554, PORTUGAL</t>
+  </si>
+  <si>
+    <t>Sanko Tekstil ISL. SAN. VE TIC. A.S.</t>
+  </si>
+  <si>
+    <t>Sanmen Lito Auto Accessories Co., Ltd</t>
+  </si>
+  <si>
+    <t>Saravana Traders</t>
+  </si>
+  <si>
+    <t>Saravana Traders Unit 3</t>
+  </si>
+  <si>
+    <t>Season Coir Works and Exports</t>
+  </si>
+  <si>
+    <t>Selina Apparels Ltd.</t>
+  </si>
+  <si>
+    <t>Shaanxi Busen Clothing Intelligent</t>
+  </si>
+  <si>
+    <t>Shad Fashion Ltd.</t>
+  </si>
+  <si>
+    <t>Shandong Angel Home Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shandong Binzhou Ruiheng</t>
+  </si>
+  <si>
+    <t>SHANDONG CENTER PLASTIC CO LTD</t>
+  </si>
+  <si>
+    <t>Shandong Dongwo Environmental New</t>
+  </si>
+  <si>
+    <t>Shandong Exceltex Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shandong XinYijia Carpet Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shangdong Binzhou Ruiheng Hometextile</t>
+  </si>
+  <si>
+    <t>SHANGHAI EASTERN TEXTILES IMP &amp; EXP CO.,</t>
+  </si>
+  <si>
+    <t>Shanghang Olis Sportswear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shangqiu City Good Fortune</t>
+  </si>
+  <si>
+    <t>Shangrao Yufeng Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shaoxing City Fine Knitted</t>
+  </si>
+  <si>
+    <t>Shaoxing Keqiao Eryueju Textile Co.,</t>
+  </si>
+  <si>
+    <t>Shaoxing Keqiao Xuman Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shaoxing Maryrose Hometextile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shaoxing Peak &amp; Lead Arts</t>
+  </si>
+  <si>
+    <t>Shaoxing Welgreen Textile</t>
+  </si>
+  <si>
+    <t>Sheen Tex India</t>
+  </si>
+  <si>
+    <t>Shijiazhuang Yizhaoda Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shuyang Aizhiweier Leisure</t>
+  </si>
+  <si>
+    <t>Shuyang Donghe Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shuyang Donghong Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shuyang Olmar Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>SKD Fine Decor</t>
+  </si>
+  <si>
+    <t>Sky Best Fashion Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Sky Clothing (Cambodia) Co., Ltd</t>
+  </si>
+  <si>
+    <t>SMS Konfeksion Dikim Tekstil ve San.</t>
+  </si>
+  <si>
+    <t>Stallion Home Fashion</t>
+  </si>
+  <si>
+    <t>Star Carpet Co. Ltd.</t>
+  </si>
+  <si>
+    <t>Sumi Apparels (Pvt) Ltd.</t>
+  </si>
+  <si>
+    <t>ROMANIA</t>
+  </si>
+  <si>
+    <t>Sun Garden Management S.C.S.</t>
+  </si>
+  <si>
+    <t>Sun Garden Polska Sp. z o.o.sp.k.</t>
+  </si>
+  <si>
+    <t>36, ul. Turecka, Malanów, 62-709, POLAND</t>
+  </si>
+  <si>
+    <t>Suqian Yinhe Headwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Suzhou Better Clean Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Suzhou Eslite Textiles Corp Ltd</t>
+  </si>
+  <si>
+    <t>Suzhou Futian Home Textile Co Ltd</t>
+  </si>
+  <si>
+    <t>Suzhou Hijoy Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Suzhou Jinzhen Textile Co. Ltd.</t>
+  </si>
+  <si>
+    <t>SUZHOU YUANROU TEXTILE CO.,LTD</t>
+  </si>
+  <si>
+    <t>T C Terrytex Ltd</t>
+  </si>
+  <si>
+    <t>Tai'an Xuelong Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Taixing Yunkai Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Taizhou Donghe Arts &amp; Crafts Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Taizhou Yuanhong Houseware Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Taizhou Zhongyu Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Techno Fiber Ltd.</t>
+  </si>
+  <si>
+    <t>TEJ SHOE TECH</t>
+  </si>
+  <si>
+    <t>The Shivalika Rugs</t>
+  </si>
+  <si>
+    <t>Tianchang Shenglin Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tianjin Attraction Carpet Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tianjin Courser Carpet Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tianjin Dongzhao Carpet Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tianjin Jixiang Carpet Company Limited</t>
+  </si>
+  <si>
+    <t>Tianjin Meidu New Material Te</t>
+  </si>
+  <si>
+    <t>Tianjin Tissue Carpet Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tongling Zhuocai Industry and</t>
+  </si>
+  <si>
+    <t>Tongling Zhuocai Industry and Trade Co.,</t>
+  </si>
+  <si>
+    <t>Tonglu Boyousi Knitting &amp; Woven</t>
+  </si>
+  <si>
+    <t>Tonglu Luolan Knitting Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tonglu Rising Sun Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tonglu Wangzhen Knitting Factory</t>
+  </si>
+  <si>
+    <t>Tonglu Yao Hai Glove Factory</t>
+  </si>
+  <si>
+    <t>Tongxiang Meilianda Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Triple Apparels Ltd.</t>
+  </si>
+  <si>
+    <t>LITHUANIA</t>
+  </si>
+  <si>
+    <t>UAB Drobe Textile</t>
+  </si>
+  <si>
+    <t>100-46, Laisves al., Kaunas, LT-44252, LITHUANIA</t>
+  </si>
+  <si>
+    <t>UAB Vilnika</t>
+  </si>
+  <si>
+    <t>Union Fabrics (Pvt.) Ltd.</t>
+  </si>
+  <si>
+    <t>Union Fabrics Ltd. (Dyeing Unit)</t>
+  </si>
+  <si>
+    <t>Unique Designers Ltd.</t>
+  </si>
+  <si>
+    <t>SLOVENIA</t>
+  </si>
+  <si>
+    <t>Uvecto d.o.o.</t>
+  </si>
+  <si>
+    <t>Vardhman Creations Pvt. Ltd. (Final)</t>
+  </si>
+  <si>
+    <t>Vardhman Creations Pvt. Ltd. (Tufting)</t>
+  </si>
+  <si>
+    <t>Vebe Floorcoverings b.v.</t>
+  </si>
+  <si>
+    <t>No. 12, Inslag, Genemuiden, 8281 JV, NETHERLANDS</t>
+  </si>
+  <si>
+    <t>Veera Home Textiles Pvt Ltd.</t>
+  </si>
+  <si>
+    <t>Versatile Textiles Ltd.</t>
+  </si>
+  <si>
+    <t>Viet Nam - Europe Design and Development</t>
+  </si>
+  <si>
+    <t>Vinh Thong Manufacture Trading Service</t>
+  </si>
+  <si>
+    <t>Vinit Gloves Manufacturing Pvt Ltd.</t>
+  </si>
+  <si>
+    <t>Vintage Garments Ltd.</t>
+  </si>
+  <si>
+    <t>W. Wülfing CZ s.r.o.</t>
+  </si>
+  <si>
+    <t>300, ul. Liberecká, Detrichov, 464 01, CZECH REPUBLIC</t>
+  </si>
+  <si>
+    <t>Weavewell Exports Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>Wedge Global Apparel Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Welspun Living Ltd.</t>
+  </si>
+  <si>
+    <t>Wenling Mingshi Hats Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Wenzhou Baijiayuan Daily Commodity CO.</t>
+  </si>
+  <si>
+    <t>Wenzhou Mingtai Shoes</t>
+  </si>
+  <si>
+    <t>Wilh. Wülfing GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>Wuxi Chunjiang Feather and Down</t>
+  </si>
+  <si>
+    <t>Wuxi JHT Homewares Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Wuxi Yingbin Socks Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Xianyou Yida Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Xinghua Kingtop Headwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Xinghua Shushang Shoes Factory</t>
+  </si>
+  <si>
+    <t>Xinji City Zhuopin Home Textile Co. Ltd.</t>
+  </si>
+  <si>
+    <t>Xinji Shengyuang Leather Co., LTD</t>
+  </si>
+  <si>
+    <t>Xinle Huabao Plastic Products Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Xinyi Xiaoya Garment &amp; Accessories Co.,</t>
+  </si>
+  <si>
+    <t>Xiongfa Shoes &amp; Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Xuyi Haixing Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yagi Bangladesh Garments Ltd.</t>
+  </si>
+  <si>
+    <t>Yancheng Aigo Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yancheng Rainbow Arts &amp; Crafts Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yancheng Senfu Decorative</t>
+  </si>
+  <si>
+    <t>Yancheng Xiaolanhua Arts &amp; Crafts Co. Lt</t>
+  </si>
+  <si>
+    <t>Yangzhou Baiyangshan Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yangzhou Doni Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yangzhou Jiaxin Plastic&amp;rubber Factory</t>
+  </si>
+  <si>
+    <t>Yantai North Home Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yantai Zhonglian Industry Co., Ltd</t>
+  </si>
+  <si>
+    <t>Yiwu Guojie Textile Technology Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yiwu Mascots Cosplay Culture</t>
+  </si>
+  <si>
+    <t>Yiwu Ou Xiu Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yiwu Xiuhua Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yiwu Zheen Daily Necessites Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yongkang Yibo Kitchenware Co., Ltd</t>
+  </si>
+  <si>
+    <t>Yujiang Boyue Home Textile Co., Ltd</t>
+  </si>
+  <si>
+    <t>Yuyao Nanxiang Art Clothing Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Z &amp; Z Intimates Ltd.</t>
+  </si>
+  <si>
+    <t>Zahret ElMehalla Weaving and</t>
+  </si>
+  <si>
+    <t>Zaozhuang Julong Knitting</t>
+  </si>
+  <si>
+    <t>Zaozhuang Longxiang Knitting Garments</t>
+  </si>
+  <si>
+    <t>Zephyr Textile Ltd.</t>
+  </si>
+  <si>
+    <t>Zhangjiagang City Sure Garments</t>
+  </si>
+  <si>
+    <t>Zhangjiagang Jiahexin Home Furnishing</t>
+  </si>
+  <si>
+    <t>Zhangjiagang Shinego Hats &amp; Apparel</t>
+  </si>
+  <si>
+    <t>Zhejiang Bangjie Digital Knitting Co.,</t>
+  </si>
+  <si>
+    <t>Zhejiang Bonny Fashion Holding Group</t>
+  </si>
+  <si>
+    <t>Zhejiang Boyi Textile Technology Co.,</t>
+  </si>
+  <si>
+    <t>Zhejiang Chalet Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Dechuan Textile Co.,Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Hongdu Bedding Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Lily Underwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Miraclee Hometextile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Qiangchun Latex Manufacturing</t>
+  </si>
+  <si>
+    <t>Zhejiang ShaXue Underwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Wanxiang Bedding Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Wuyi Natural Home Deco Co.,</t>
+  </si>
+  <si>
+    <t>Zhejiang Yubo Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Zhanfeng Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Zhuji Haoyue Socks Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhengzhou Mingyang curtain Accessory</t>
+  </si>
+  <si>
+    <t>Zhongqing (Fuzhou) Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhu Ji Chen Xi Socks Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhucheng Guanghe Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhuji Dawei Socks Factory</t>
+  </si>
+  <si>
+    <t>Zhuji Haina Textile Technology Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhuji Longwang Knitting Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhuji Union Textiles Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zibo Sanhe Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zibo Yarui Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zuli Shoes Co., Ltd. Jinjiang</t>
+  </si>
+  <si>
+    <t>AUSTRIA</t>
+  </si>
+  <si>
+    <t>Elastica Matratzen - Schaumstoffe -</t>
+  </si>
+  <si>
+    <t>Liz Fashion Industry Ltd.</t>
+  </si>
+  <si>
+    <t>S. Suhi Industrial Park Ltd.</t>
+  </si>
+  <si>
+    <t>Snowtex Sportswear Ltd.</t>
+  </si>
+  <si>
+    <t>Liu Tan International (Cambodia) Co.,</t>
+  </si>
+  <si>
+    <t>Amore Textile (Suzhou) Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Anhui Futan Knitting Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Anhui Gebo &amp; Million Feather Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Anhui Haihui Shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Anhui Xinzhida Houseware</t>
+  </si>
+  <si>
+    <t>Anqing Xiangchao Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Blue Sea Plastic Products Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Changshu Hongye Printing &amp; Dyeing Co.,</t>
+  </si>
+  <si>
+    <t>Changshu Pinhong Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Changshu Yisheng Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Dongyang Ludewei Leather Products Co.</t>
+  </si>
+  <si>
+    <t>Fujian Quanzhou Jiacheng Leather Gloves</t>
+  </si>
+  <si>
+    <t>Fujian Quanzhou Jindalai Clothing Co.</t>
+  </si>
+  <si>
+    <t>Funing Yourigh Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Guangdong Yuanhua New Material Industry</t>
+  </si>
+  <si>
+    <t>Hangzhou Donghe Down Products Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hangzhou GaGa HomeTextiles Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hangzhou Guanyuan Apparel Manufacturing</t>
+  </si>
+  <si>
+    <t>Hangzhou Huasheng Scarf</t>
+  </si>
+  <si>
+    <t>Hangzhou Jiahao Printing Dyeing and</t>
+  </si>
+  <si>
+    <t>Hangzhou Laojike Shoe Industry Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Hangzhou Qiyao Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>HANGZHOU TIANYAUN PET PRODUCTS COMPANY</t>
+  </si>
+  <si>
+    <t>Hangzhou Yijia Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Henan Chisage Garment</t>
+  </si>
+  <si>
+    <t>Heze Hongsheng CRAFTS CO.,Ltd.</t>
+  </si>
+  <si>
+    <t>HUIMIN JIAYUE HOME TEXTILE CO., LTD</t>
+  </si>
+  <si>
+    <t>Jiande Fleece Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>JIANGSU ALAN APPAREL CO LTD</t>
+  </si>
+  <si>
+    <t>Jiangsu Ape Home Goods Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Jiangxi Kangle Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Kunshan CCF Home Textile Dians. Branch</t>
+  </si>
+  <si>
+    <t>Linhai Haohan Arts &amp; Crafts Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Lulutong Shoes Industry Co. Ltd.</t>
+  </si>
+  <si>
+    <t>Mingyang Windeco Technology</t>
+  </si>
+  <si>
+    <t>Mingyin Industry (Zhejiang Huzhou) Co.,</t>
+  </si>
+  <si>
+    <t>Nanchang ZhongTuo Knitwear Corp LTD</t>
+  </si>
+  <si>
+    <t>Nanjing Meihua Feather and</t>
+  </si>
+  <si>
+    <t>Nantong Fugari Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Nantong Sailin Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Nanyang Hubo Sweater Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Nicesleeping Home Fashion Technology</t>
+  </si>
+  <si>
+    <t>Ningbo Hapton Houseware Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ningbo Jiayuan Window Coverings Co., Ltd</t>
+  </si>
+  <si>
+    <t>Ningbo Megafeat Bedding Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ningbo Senyao Import &amp; Export Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Ningbo Hengyang Clothing Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Pujiang Yizhou Home Textiles Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Qingdao Bailixiu Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shandong Hongyang Leather Products Co.,</t>
+  </si>
+  <si>
+    <t>Shandong Huamai Carpets Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shandong Huilong Clothing Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shandong Huiming Kingsub Century Industr</t>
+  </si>
+  <si>
+    <t>Shandong Tuoda Footwear Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shaoxing Pinao Textiles Co Ltd</t>
+  </si>
+  <si>
+    <t>Shaoxing Pinao Textiles Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shaoyang Jiahao Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Shijiazhuang Mongot Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Suzhou Keqi Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Suzhou Kerry in Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Taian Hongbang Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Taizhou Dedao Industry Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Taizhou Linfeng shoes Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tianjin Baijiasheng Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tianjin Xiandai Plastic &amp; Aluminum</t>
+  </si>
+  <si>
+    <t>Tonglu Wantai Knitting Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tongxiang Huating Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Tongxiang Jiayun Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Weihai Select Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Wuxi Jinyi Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Wuxi Liutan Garment Co., Ltd.</t>
+  </si>
+  <si>
+    <t>XIAMEN JIASHENG FOREIGN TRADE CO.，LTD</t>
+  </si>
+  <si>
+    <t>Xiushui Hongyang Household</t>
+  </si>
+  <si>
+    <t>Yancheng Huayu Apparel Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yancheng Sanfu Woven Mat Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Yangjiang Huali Garment</t>
+  </si>
+  <si>
+    <t>Yangzhou Jingli Life Technology</t>
+  </si>
+  <si>
+    <t>Yueyang Baoli Textiles Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zaozhuang Longzheng Knitting Garments</t>
+  </si>
+  <si>
+    <t>Zhejiang E-Show Garments Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Huaxing Feather &amp; Down</t>
+  </si>
+  <si>
+    <t>Zhejiang Ju Miao Laminated Fabric Co.,</t>
+  </si>
+  <si>
+    <t>Zhejiang Mengna Knitting Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Shine Industry Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Yide Home Textile Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Zhejiang Yuejia Printing and Dyeing</t>
+  </si>
+  <si>
+    <t>Egyptian Fibers company (EFCO)</t>
+  </si>
+  <si>
+    <t>Bitex GmbH</t>
+  </si>
+  <si>
+    <t>Ernst Haase GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>Speidel GmbH</t>
+  </si>
+  <si>
+    <t>HUNGARY</t>
+  </si>
+  <si>
+    <t>Speidel Hungaria KFT</t>
+  </si>
+  <si>
+    <t>"Pooppally Coir Mills "</t>
+  </si>
+  <si>
+    <t>Alok Industries Ltd. (Terry Towels/</t>
+  </si>
+  <si>
+    <t>Cotton Blossom (India) Pvt Ltd. Unit No</t>
+  </si>
+  <si>
+    <t>DC Interiors</t>
+  </si>
+  <si>
+    <t>Golden Coir Tufts</t>
+  </si>
+  <si>
+    <t>Leo Wetblue Leather Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>Network Clothing Unit 5</t>
+  </si>
+  <si>
+    <t>Palm Fibre (India) Pvt. Ltd., Unit II</t>
+  </si>
+  <si>
+    <t>Sarathy Export Fabrics (Packing,</t>
+  </si>
+  <si>
+    <t>Sharadha Terry Products Private Limited</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Arshad Corporation (Pvt) Ltd.</t>
+  </si>
+  <si>
+    <t>Ahmed Fine Textile Mills Ltd.</t>
+  </si>
+  <si>
+    <t>Gul Ahmed Textile Mills Limited</t>
+  </si>
+  <si>
+    <t>Lucky Textile Mill Ltd. (Dyeing Unit)</t>
+  </si>
+  <si>
+    <t>Speidel Romania SRL</t>
+  </si>
+  <si>
+    <t>Almaxtex Tekstil San Ve Tic A.S.</t>
+  </si>
+  <si>
+    <t>Ozerdem Mensucat San Ve Tic AS</t>
+  </si>
+  <si>
+    <t>Zig Zag, Inc. - Westpark</t>
+  </si>
+  <si>
+    <t>ABS Home Vietnam Company Limited</t>
+  </si>
+  <si>
+    <t>Austgrow International Group Vietnam</t>
+  </si>
+  <si>
+    <t>Casum Shoes Joint Stock Co</t>
+  </si>
+  <si>
+    <t>Hung Huy Co. Ltd.</t>
+  </si>
+  <si>
+    <t>As per October 2025</t>
+  </si>
+  <si>
+    <t>Main production facilities used for the manufacturing of ALDI products that were sold in stores between October 2024 and September 2025.</t>
+  </si>
+  <si>
+    <t>CHANGSHU XIAHONG TEXTILE CO., LTD.</t>
+  </si>
+  <si>
+    <t>Dafeng YouMeHome Textiles Company Ltd</t>
+  </si>
+  <si>
+    <t>Guizhou DanNiYa Garments &amp; Weaving Co</t>
+  </si>
+  <si>
+    <t>Jiangsu Yumeiren Home Textile</t>
+  </si>
+  <si>
+    <t>Zhejiang XinjiYuan Shoes Industry Co.</t>
+  </si>
+  <si>
+    <t>Gadoon Textile Mills Ltd. (Unit III)</t>
+  </si>
+  <si>
+    <t>210, Street Lum, Phum Prepring Khang Cheurng 2, Phnom Penh 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>Phum Trear, Sangkat Stoeung Mean Chey, Khan Mean Chey, Phnom Penh 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>Phum Trapaing Por, Sankat Choam Chao 3, Khan Porsenchey, Phnom Penh 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>National Road No. 4, Land Lord, No. P1-033-034, Kam Rieng, Phnom Penh City 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>32, Phum Toulpongror, Sangkat Chom Chao, Khan Posenchey, Phnom Penh 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>Prey Kes Village,Prey Vihear Commune,Kong Pisey District, Kompong Speu Province 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>Phum Kantouk Cheung, Sangkat Kantork, Khan Kambol, Phnom Penh 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>Phum Ampil, Sangkat Kamboul, Khan Kamboul, Phnom Penh 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>Damnak Thum Pir Village, Stueng Mean Chey 3 Quarter, Phnom Penh 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>117, Phum Trapaing Mean, Sangkat Krang Thnung, Phnom Penh 00, CAMBODIA</t>
+  </si>
+  <si>
+    <t>10th Ramadad City, Zone B1B3, 1o th of Ramadan, Al Sharqia 00, EGYPT</t>
+  </si>
+  <si>
+    <t>19-37, Hangstraße, Oschatz, Saxony 00, GERMANY</t>
+  </si>
+  <si>
+    <t>8, Industrieweg, Mittweida 00, GERMANY</t>
+  </si>
+  <si>
+    <t>07-Km Nishat Avenue Off 22-Km Ferozepur Road, Lahore 00, PAKISTAN</t>
+  </si>
+  <si>
+    <t>63 KM Multan Road,Jamber Khurd- Phoolnagar district, Lahore 00, PAKISTAN</t>
+  </si>
+  <si>
+    <t>3, Ornek Mahallesi Erzurum Kongre Caddesi, Essenyurt, Istanbul 00, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>55, Ötençay Mahallesi E/5 Karayolu Caddesi Dis Kapi, Belen, Hatay 00, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>Kunia Pachar, K.B Bazar, Targach, Gazipur BANGLADESH</t>
+  </si>
+  <si>
+    <t>Dhaka BANGLADESH</t>
+  </si>
+  <si>
+    <t>32, Zamirdia, Hobirbari , Valuka, Dhaka BANGLADESH</t>
+  </si>
+  <si>
+    <t>88/1, BK Bari Taltoli, Hotapara, Mirzapur, Gazipur Sadar, Gazipur, Dhaka BANGLADESH</t>
+  </si>
+  <si>
+    <t>Kainzanul, Mirzapur Bazar, Gazipur Sadar, Gazipur, Dhaka BANGLADESH</t>
+  </si>
+  <si>
+    <t>B-65/4, Lakuriapara, Dhulivita, Dhamrai, Dhaka BANGLADESH</t>
+  </si>
+  <si>
+    <t>East Norshingpur, Buripara, Ashulia, Savar, Dhaka BANGLADESH</t>
+  </si>
+  <si>
+    <t>63, Chengxin Street, Xuanzhou District, Xuancheng, Anhui, 242 CHINA</t>
+  </si>
+  <si>
+    <t>8, Building 4, Chunjian Industrial Zone, Chunjian Townsh, Hangzhou, Zhejiang, 310 CHINA</t>
+  </si>
+  <si>
+    <t>No.289, Renmin Road, Ma’an Sub-district, Liuhe District, Nanjing, Jiangsu, 210 CHINA</t>
+  </si>
+  <si>
+    <t>Renmin Road, Ma’an Subdistrict,, Nanjing, Jiangsu, 210 CHINA</t>
+  </si>
+  <si>
+    <t>1058, Fusheng Lushan Industrial Park, Yuecheng District, Shaoxing, Zhejiang, 312 CHINA</t>
+  </si>
+  <si>
+    <t>No. 199, Jinling Road, Linhai, Zhejiang, 317 CHINA</t>
+  </si>
+  <si>
+    <t>No.3, Henglongqiao, Henglongqiao Village, Xinqiao Town, Luqiao, Taizhou, Zhejiang, 318 CHINA</t>
+  </si>
+  <si>
+    <t>South Side of Nanxiang Road, Dafeng District, Yancheng, Jiangsu, 224 CHINA</t>
+  </si>
+  <si>
+    <t>No. 30, Xin Anjiang Road, Chuzhou, Anhui, 239 CHINA</t>
+  </si>
+  <si>
+    <t>1, Chifeng Road, Gudian Community, Jinlong Street, Quanzhou, Fujian, 362 CHINA</t>
+  </si>
+  <si>
+    <t>Changtai Road, Changtai Street, Licheng District, Quanzhou City, Fujian, 362 CHINA</t>
+  </si>
+  <si>
+    <t>No. 63, Meilin Road, Economic Development Zone, Huangshan, Anhui, 245 CHINA</t>
+  </si>
+  <si>
+    <t>63, Meilin Road, Huangshan, Anhui, 245 CHINA</t>
+  </si>
+  <si>
+    <t>Liuwan Village, Yangxipu Town, Yunyang District, Shiyan, Hubei, 442 CHINA</t>
+  </si>
+  <si>
+    <t>379, South Ganjiang Avenue, Jian City, Jiangxi, 343 CHINA</t>
+  </si>
+  <si>
+    <t>No. 99, Tongyuan Road, Jiaxing City, Zhejiang, 314 CHINA</t>
+  </si>
+  <si>
+    <t>No. 16, South of Zhenbei Street, Jiaxing, Zhejiang, 314 CHINA</t>
+  </si>
+  <si>
+    <t>Xiyangtou Village, Dongcheng Town, Linhai, Zhejiang, 317 CHINA</t>
+  </si>
+  <si>
+    <t>131, Lingong Road, Economic Development Zone, Linyi, Shandong, 276 CHINA</t>
+  </si>
+  <si>
+    <t>No. 18, Bixing Street, Lishui city, Zhejiang, 323 CHINA</t>
+  </si>
+  <si>
+    <t>No.999, Changdong Avenue, Changdong Industrial Area, Qingshanhu District,Nanchang of Jiangxi, Jiangxi, 433 CHINA</t>
+  </si>
+  <si>
+    <t>189, Huashi North Road, ,Chengbei Street, Rugao, NANTONG, Jiangsu, 226 CHINA</t>
+  </si>
+  <si>
+    <t>No. 1 Hanjiang Road, Tongzhouwan, NANTONG, Jiangsu, 226 CHINA</t>
+  </si>
+  <si>
+    <t>No. 269, Jinqiao Road West, NANTONG, Jiangsu, 226 CHINA</t>
+  </si>
+  <si>
+    <t>East of 312 National Road, Hanzhong Township, Nanyang City, Henan, 473 CHINA</t>
+  </si>
+  <si>
+    <t>Wenjiangan, Gulin Town, Haishu District, Ningbo, Zhejiang, 315 CHINA</t>
+  </si>
+  <si>
+    <t>Hushan Village, Jishigang Town, Haishu District, Ningbo, Zhejiang, 315 CHINA</t>
+  </si>
+  <si>
+    <t>50, North Wuxiang Road, Longxing Village, Wuxiang Town, Yinzhou, Ningbo, Zhejiang, 315 CHINA</t>
+  </si>
+  <si>
+    <t>2, Qingda Industrial Area, Chengyang District, Qingdao, Shandong, 266 CHINA</t>
+  </si>
+  <si>
+    <t>No.575, Quan’an North Road, Quanzhou, Fujian, 362 CHINA</t>
+  </si>
+  <si>
+    <t>(Inner Wenzhou Fengli Shoes Co., Ltd) Wengyang Village, Wenzhou, Zhejiang, 325 CHINA</t>
+  </si>
+  <si>
+    <t>No. 980, Qiancang Village, Liaocheng, Shandong, 252 CHINA</t>
+  </si>
+  <si>
+    <t>6, Ind Park, Sui County Industrial Agglomeration Zone, Shangqiu, Henan, 476 CHINA</t>
+  </si>
+  <si>
+    <t>Bldg 1-2, South of Qisheng Road, Doumen Street, Shaoxing, Zhejiang, 312 CHINA</t>
+  </si>
+  <si>
+    <t>Xinzhuang Town , Xinzhuang Textile Park,, Changshu, Jiangsu, 200 CHINA</t>
+  </si>
+  <si>
+    <t>No.199, Jinling Road, Jiangnan District, Taizhou, Zhejiang, 317 CHINA</t>
+  </si>
+  <si>
+    <t>No.8 Minghu Road, Yi’an Economic Development Area, Tongling, Anhui, 244 CHINA</t>
+  </si>
+  <si>
+    <t>58, Wenjin Road, Puzhou Street, Longwan Sub-District, Wenzhou, Zhejiang, 325 CHINA</t>
+  </si>
+  <si>
+    <t>No. 66, Huichang Road, Huishan Industry Park, Wuxi, Jiangsu, 214 CHINA</t>
+  </si>
+  <si>
+    <t>Shijian Village, Gaolii Town, Xinyi City, Xuzhou, Jiangsu, 221 CHINA</t>
+  </si>
+  <si>
+    <t>2, Jiatong Road, Economic Development Zone, Dafeng District, Yancheng, Jiangsu, 224 CHINA</t>
+  </si>
+  <si>
+    <t>12, Tianxiang Road, Yiwu, Zhejiang, 322 CHINA</t>
+  </si>
+  <si>
+    <t>71, Suxi Industrial Estate, Yiwu, Zhejiang, 322 CHINA</t>
+  </si>
+  <si>
+    <t>129, Chunhan Road, Beiyuan Street, Yiwu, Zhejiang, 322 CHINA</t>
+  </si>
+  <si>
+    <t>768, 1-2 Building, Hengtong Road, Choujiang Street, Yiwu, Zhejiang, 322 CHINA</t>
+  </si>
+  <si>
+    <t>100, Qianan Road, Fotang Industrial Zone,, Yiwu, Zhejiang, 322 CHINA</t>
+  </si>
+  <si>
+    <t>No. 617, Jichang Road, Yiwu, Zhejiang, 322 CHINA</t>
+  </si>
+  <si>
+    <t>4.5 KM, Jaranwala Road, Khurrianwala, Faisalabad, 38 PAKISTAN</t>
+  </si>
+  <si>
+    <t>Batala Colony Satiana Road, Faisalabad, 38 PAKISTAN</t>
+  </si>
+  <si>
+    <t>57 KM, Mile Stone, Karachi, 71 PAKISTAN</t>
+  </si>
+  <si>
+    <t>2KM, Jaranwala Road, Khurrianwala, Faisalabad, Faisalabad, 38 PAKISTAN</t>
+  </si>
+  <si>
+    <t>3,5 KM Jhummra Road, Faisalabad, 38 PAKISTAN</t>
+  </si>
+  <si>
+    <t>Rua de Crastro, 4750-767 Ucha, Braga 0- PORTUGAL</t>
+  </si>
+  <si>
+    <t>Trincomalee, 31 SRI LANKA</t>
+  </si>
+  <si>
+    <t>Anuradhapura Road, Kekirawa, 31 SRI LANKA</t>
+  </si>
+  <si>
+    <t>BLK 179, S.I.Z Chokchai Road, Nakhonratchasima, Nakhon Ratchasima, 30 THAILAND</t>
+  </si>
+  <si>
+    <t>114, Organize Sanayi Blgesi 101, Usak, Ushak, 64 TÜRKİYE</t>
+  </si>
+  <si>
+    <t>Lot 19-I10, Street 8, Hai Son Industrial Cluster, Duc Hoa, Ho Chi Minh, 850 VIET NAM</t>
+  </si>
+  <si>
+    <t>1, Hamlet, Long Khe Commune, Can Duoc District, Long An Province VIET NAM</t>
+  </si>
+  <si>
+    <t>439, South Qingyun Road, Economic Development Zone, Suzhou, Anhui CHINA</t>
+  </si>
+  <si>
+    <t>West Side of Jing 2 Road, Chizhou, Anhui CHINA</t>
+  </si>
+  <si>
+    <t>Zongyang Economic Development Zone, Tongling, Anhui CHINA</t>
+  </si>
+  <si>
+    <t>West Side of the North section of Zhonghua Road, Anyang, Henan CHINA</t>
+  </si>
+  <si>
+    <t>588, Donghai 4th Road, Bincheng District, Binzhou, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>No. 28, Hualian Road, Changshu, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>Changshu, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>No. 106, Nanyuan Road, Changshu, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>No. 9-1, Jiulong Road, Changshu, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>No.191 Baiyang Bridge, Zhenglu Town ,Changzhou City, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>Xiaoluyan Village, Ningbo, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>69, Road East, Shenhu Town, Jinjiang City, Fujian CHINA</t>
+  </si>
+  <si>
+    <t>2, Negative three layers, Commercial Building, Dagongtian, Qiandongnam, Guizhou CHINA</t>
+  </si>
+  <si>
+    <t>Yunzhou Xingyang Village,Feiyun Street, Ruian City, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>2, Building, Intersection of Jinger Road and Weiwu Road, Fuyang, Anhui CHINA</t>
+  </si>
+  <si>
+    <t>Baijin Industrial Park, Baizhong Town, Minqing County, Fuzhou, Fujian CHINA</t>
+  </si>
+  <si>
+    <t>NO.35, SANMING ROAD,HECHENG STREET, Gaoming District, Foshan City, Guangdong CHINA</t>
+  </si>
+  <si>
+    <t>Xiajiang Village, Xintang Street, Xiaoshan District, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>No. 1799, Weiliu Road, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>Shi San Fang Village, Pu Yang Town, Xiaoshan District, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>28, Hetianshijia, Yongchang Village, Yongchang Town, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>307, Shitashang, Qiufeng Village, Fuchun Street, Fuyang District, Anhui CHINA</t>
+  </si>
+  <si>
+    <t>516, Building 35, Majia Road, Fengchuan Street, Tonglu County, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>10, 1 XINGLING ROAD, XINGQIAO TOWN, Shanghai CHINA</t>
+  </si>
+  <si>
+    <t>Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>172, Yangtang Road, Tonglu Town Hangzhou, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>No. 458, Hengfu Road, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>88, Xingye Road, Economic Development Zone, Lianshui County, Huai'an, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>West of Changjiazhuang, Mainland Town, Xingtai, Hebei CHINA</t>
+  </si>
+  <si>
+    <t>Industrial Agglomeration Area, Sui County, Shangqiu, Henan CHINA</t>
+  </si>
+  <si>
+    <t>6, Liuyan River Road, Baicheng, Xiping County, Zhumadian, Henan CHINA</t>
+  </si>
+  <si>
+    <t>66, North Side, Kailan Road, Lankao Village, Kaifeng, Henan CHINA</t>
+  </si>
+  <si>
+    <t>Building 2, Wie Xiuai Rental House, Dongguoxin Street, Nanning, Guangxi CHINA</t>
+  </si>
+  <si>
+    <t>315, Provincial Highway, Guanxing Village, Huochangping Town, Shaoyang, Hunan CHINA</t>
+  </si>
+  <si>
+    <t>Yongfu Road, Longling Industry Zone, Heshan District, Yiyang, Hunan CHINA</t>
+  </si>
+  <si>
+    <t>No. 333, South of Qufu Road, Huzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>ShouChang Town Development Zone, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>Industrial Concentration District, Machang Town, Suqian, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>1, ZhangWei Industrial Park, Shuyang county, Suqian, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>North side of Hangzhou West Road and, Suqian, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>35, Jinwu Road, Licheng Town, Liyang, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>Industrial Park, Xingzi County, Jiujiang, Jiangxi CHINA</t>
+  </si>
+  <si>
+    <t>South, Building 25, Hongda Hotel Supplies, Nanchang, Jiangxi CHINA</t>
+  </si>
+  <si>
+    <t>No. 508, Yungu Road, Jiangyin, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>31-1, Chuangye Road, Qiaoqi Xuxiake Town, Jiangyin, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>Building E3, Northeast Socks, Liaoyuan, Jilin CHINA</t>
+  </si>
+  <si>
+    <t>16, Jinfeng Road, Ganshi Village, Neikeng Town, Jinjiang, Quanzhou, Fujian CHINA</t>
+  </si>
+  <si>
+    <t>31, Beiyuan Road, Suzhou, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>No. 265, Shengrong Road, Building No. 4, Shipu, Qiandeng Town, Kunshan City, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>2777, Laizhou South Road, Wenfenglu Street, Laizhou City, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>1, Xin Lijia Village,Yidao Town,Laizhou City, Yantai City, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>328, Yixian Road, Building 5, Fuxi Subdistrict, Deqing County, Huzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>No. 666, Chuangyin 2nd Road, Nanchang, Jiangxi CHINA</t>
+  </si>
+  <si>
+    <t>Building B-1, B-2 &amp; B-7, Phase II, Xinye Industrial Park, Nanyang, Henan CHINA</t>
+  </si>
+  <si>
+    <t>519, Agricultural Reclamation Area, Zhenlong Fifth Road, Ningbo, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>18, Small and Micro Enterprise Park, Dajiahe Town, Ningbo, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>Jindun Village,Xindu Town,Licheng District, Putian, Fujian CHINA</t>
+  </si>
+  <si>
+    <t>No. 69, Pu Jiang Street, Xingtai, Hebei CHINA</t>
+  </si>
+  <si>
+    <t>ChengNan Industry Zone, Luoyang Town, HuiAn County, Quanzhou, Fujian CHINA</t>
+  </si>
+  <si>
+    <t>8, Daqian, Yishan,Village, Majia Town, Luojiang District, Quanzhou, Fujian CHINA</t>
+  </si>
+  <si>
+    <t>No. 16, Jincheng Road, Yanze District, Cizao Town, Jinjiang Cit, Quanzhou, Fujian CHINA</t>
+  </si>
+  <si>
+    <t>Zhongzhi Town, Wulian County, Rizhao, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>No. 474 Ninghe Road,, Taizhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>21, Jufu East Road, Baoji, Shanxi CHINA</t>
+  </si>
+  <si>
+    <t>16, Keda Road, Economic Development Zone, Yicheng District, Zaozhuang, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>16, Yulong Road, Gaoxin Park, Yushan County, Shangrao, Jiangxi CHINA</t>
+  </si>
+  <si>
+    <t>Xujiaqiao Village, Sunduan Town, Shaoxing, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>Kuaiji Village, Pingshui Town, Keqiao District, Shaoxing, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>168, Xincheng Road, Zhangzhen Industrial Zone, Shangyu District, Shaoxing, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>North of Xiaodian Street, Xiaodian Town, Hubin New Town, Suqian, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>28, Xiangwang Road, Huangjing Town Taicang, JiangsuSheng, Suzhou, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>No. 138, Yongle Road, Suzhou, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>Eastern Section of Fuqian Street, Heshan Township, Tai'an, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>Second To Fourth Floor Of B-Building, Taizhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>3, Henglongqiao, Xinqiao Town, Luqiao District, Taizhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>Dongzhaozhuang Village, Cui Huangkou Town, Wuqing, Tianjin CHINA</t>
+  </si>
+  <si>
+    <t>Dongbalizhuang Village, Dahuangbao Town, Wuqing District, Tianjin, Tianjin CHINA</t>
+  </si>
+  <si>
+    <t>8, Minghu Road, Tongling, Anhui CHINA</t>
+  </si>
+  <si>
+    <t>99, Baijing Road, Hengcun Town,Tonglu Country, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>14-1/ 14-2, Fenghuang Road, Zetou Town, Wendeng District, Weihai, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>1518, MinXin Road, SongliaDai Village Feiyun District, Rui An, Wenzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>369, Sanhe Street, Jiaowei Town, Putian, Fujian CHINA</t>
+  </si>
+  <si>
+    <t>North of Nongmao Street, Xinji City, Hebei CHINA</t>
+  </si>
+  <si>
+    <t>1, Zikun Road, Industrial Concentration Area, Huaian City, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>21, Group 5, Yandi Village, Baiju Town, Yancheng, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>No. 319, Huaxian Road, Yiwu, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>2nd Building of Zhejiang Jiaohai Investment Co., Ltd., Yiwu, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>No. 151, Fengrun Road, Dachen Town, Yiwu, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>71, Building 2, Yugui Road, Yongkang High-Tech District, Jinhua, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>Shuiguo Industrial Park, Zaozhuang, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>521, Yongjin road, MIAOQIAO INDUSTRIAL PARK(WEST), Zhangjiagang, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>No. 435, Jincun Road, Zhangjiangang, Jiangsu CHINA</t>
+  </si>
+  <si>
+    <t>Xinsheng Village, Paitou Town, Zhuji City, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>No. 333, Jinshan Road, Jindong Economic Industrial Park, Jinhua, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>5, Gaoerde Road, Zhuji, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>218, Xifeng Road, Huzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>1, Linyong Road, Linpu Town, Xiaoshan District, Hangzhou, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>Wenxi Road, Qiubin Street, Jinhua, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>No. 8, North Road, Shaoxing, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>1, Zhanfeng Road,Chiyan Industrial Zone, Chuanliao, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>Yanshan, Liming, Datang Town, Zhuji, Zhejiang CHINA</t>
+  </si>
+  <si>
+    <t>1576, Sichou Road, Zhoucun, Shandong CHINA</t>
+  </si>
+  <si>
+    <t>Land plot No. 41, map sheet No.26, Phu Tan Hamlet, Chau Hoa, Giong Trom District Bến Tre VIET NAM</t>
+  </si>
+  <si>
+    <t>Thanh Phu - Thien Tan, Industrial Zone, Ong Huong Hamlet, Dong Nai Province VIET NAM</t>
+  </si>
+  <si>
+    <t>Bui Huu Nghia Street, Hoa An Ward, Bien Hoa City, Dong, Bien Hoa City VIET NAM</t>
+  </si>
+  <si>
+    <t>907/19, Huong Lo 2 Street, Ho Chi Minh City VIET NAM</t>
+  </si>
+  <si>
+    <t>Nam An Sub-quarter, Cat Thanh Commune, Ninh Binh Province, Nam Dinh VIET NAM</t>
+  </si>
+  <si>
+    <t>13,, Block III Ind. Group III Street, Tan Binh Ind. Zone, Ho Chi Minh City VIET NAM</t>
+  </si>
+  <si>
+    <t>No. 3, National Road, Phom Penh   CAMBODIA</t>
+  </si>
+  <si>
+    <t>El Rahbeen Ind.Zone-Front Of Moubark Cool,, El-Mahalla El-Kubra   EGYPT</t>
+  </si>
+  <si>
+    <t>Industrial zone A1 &amp; A6,10th of Ramadan city, Ramadan   EGYPT</t>
+  </si>
+  <si>
+    <t>22km Ferozepure Road, Nil, Punjab, Lahore   PAKISTAN</t>
+  </si>
+  <si>
+    <t>PF Address</t>
+  </si>
+  <si>
+    <t>144-168, National Boulevard, Campbellfield, Victoria, AUSTRALIA</t>
+  </si>
+  <si>
+    <t>No. 6, Shaw Road, Ingleburn, New South Wales, AUSTRALIA</t>
+  </si>
+  <si>
+    <t>153, Kellau, Kuchl, AUSTRIA</t>
+  </si>
+  <si>
+    <t>Rupshi, Rupganj, Narayanganj, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Plot 1, R1, Turag Housing, Beribnadh, Mohammadpur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Mirzapur Purbapara, 08, No Mirzapur Mowza, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Bhabanipur, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Danga Industrial Park,Kazirchor, Danga, Palash, Narsingdi, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Joy Bangla Road, Kunia, K.B. Bazar, Gazipur Sadar, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>10, Amtoli Union, Habirbari, Mymenshingh, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Mawna, Sreepur, Dhaka, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Plot 781-782, Vogra, Joydebpur, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Kazirchor, Danga, Polas, Narshingdi, Narshingdi-Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Tepirbari, Sreepur, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>414, Kauchakuri, Telirchala, Kaliakair Gazipur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>B-193, Fakir Market Road, Bscic, Industrial Estate, Tongi, Gazipur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Barenda, Kashimpur, Gazipur Sadar, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Shimultola, Jamgora, Ashulia, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Meghdubi, Gazipur City, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>112-113, Plot No. A, BSCIC Industrial Estate, Tongi, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Gorai, Industrial Area, Mirzapur, Tangail, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Zazhor, National University Gazipur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Bismail Road, Zirabo, Savar, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Baniarchala, Bhabanipur, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>K.C.Industrial Park,Ratuti,Katchkura,Uttarkhan,Uttara, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Zorun, Konabari, Gazipur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Nishchintapur, Mouchak, Kaliakoir, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>G-88/1, Chandra, Palli Biddyut, Kaliakoir, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Shaheed Mosharaf Hossain Raod, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Shaheed Mosharraf Hossain Road, Building 2, Holding 1, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Plot 154, DEPZ, Ganakbari, Savar, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Dewaliabari, Konabari, Sadar, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Tongabari, Ashulia, Savar, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Baniarchala, Bhabanipur, Gazipur Sadar, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>530, Kunia Targach, National University, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Kashimpur, Konabari, Nayapara, Gazipur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>5, Bishuya Kuribari, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>228/3, Shahid Rawshan Sarak, Chandana, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>No.228/3, Shahid Rawshan Sarak, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Islam Bag, Selina Tower, Holan, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>No. 4, Holan Road, Selina Tower, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Pagar Tongi, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Joy Bangla Road, Kunia, K.B. Bazar, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Joy Bangla Road, Kunia, K.B. Bazar, Barabari, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Joy Bangla Road, Kunia, K.B. Bazar, Barabari, Kunia, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Dewallia Bari, Konabari, Gazipur, Dhaka City, BANGLADESH</t>
+  </si>
+  <si>
+    <t>No. 10, Vill Amtoli Union, Habirbari, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Kazi Tower, Shorifpur, National University, Gazipur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Shovapur, Rajfulbaria, Savar, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Khejur Bagan, Ashulia, Savar, Dhaka, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Khejurbagan, Ashulia, Savar, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Hortokitola, Attabah, Chandra, Kaliakoir, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Plot No. 371-372, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>No. 1, Anwar Yang Road, Kalma Bazar, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Vaneera Road, Mouchak, Kaliakoir, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Zamgora, Ashulia, Savar, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Islambag Holan Road, Selina Tower-2, Dhakhin Khan, Dhaka, Uttara, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Gorat, Ashulia, Savar, Dhaka-1341 1341, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>A-112,113, BSCIC, Tongi, Gazipur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Afiz Complex, Chowdhurybari, Vogra, Gazipur, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Kewa, Sreepur, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Kalemeshar, K.B Bazar, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>No. 82/2, Degerchala Road, Gazipur, BANGLADESH</t>
+  </si>
+  <si>
+    <t>H.P. Tower, North Barron, Aliya Madrasha, Ashulia, Dhaka, BANGLADESH</t>
+  </si>
+  <si>
+    <t>Plot#1-3, Road#2, CEPZ, Chittagong, BANGLADESH</t>
+  </si>
+  <si>
+    <t>No. 15A, Groene Dreef, Kruishoutem, BELGIUM</t>
+  </si>
+  <si>
+    <t>9, Zeljeznicka Br., Derventa, BOSNIA AND HERZEGOVINA</t>
+  </si>
+  <si>
+    <t>No. 5, Detelina Str., Kurdzhali, BULGARIA</t>
+  </si>
+  <si>
+    <t>Trapeang Sala Village, Pong Tuek Commune, Dangkao District, Phnom Penh, CAMBODIA</t>
+  </si>
+  <si>
+    <t>The west side of 200 meters south to the intersection of, Jining, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>28, Building E, Jiaxing Road, Changfu Street, Changshu, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Textile &amp; Clothing Industrial Park of Funan County, Fuyang, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>South of Yunhe Road, East of Sanshan Road and West of, Suzhou, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>Shunhe Town, Yuan District, Luan City, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>118, Meicheng Road, Yaodu Town, Chizhou, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>The intersection of Liyu Avenue and 1st Jingdu Road, Shiziyu, Xuancheng City, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>F2 Building, Jiabao Industrial Zone, Wenyuan Road, Anqing, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>Economic Developing Region in Beiduan Village, Anguo, Baoding, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>2, Fazhan Road, Suqian, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>12, Ruquan Blvd., Huaiyuan Development Zone, Bengbu, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>Xinqiao Village , Guli Town, Changshu, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No.2 Building，No.18 Yufeng Road，Yushan Fangbang Industrial Z, Changshu, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>8, Hudong Village, Guli Town, Changshu City, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>8, East Chuangye Road, Baizhang, Chunjiang Town, Xinbei Dist, Changzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 68, Nujiang Road, Jincheng Town, Jintan District,, Changzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Sandazhou Socks Industry Zone, Guichi District, Chizhou, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>Guichi Industrial Park, Chizhou, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>11, Lane 3, Sujiajuwei Jingzhong Rd, Zhongzhou St, Zhongxing Co., Chongqing, Chong Qing, CHINA</t>
+  </si>
+  <si>
+    <t>No. 8, Jingyi South Road, Tongcheng, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>Shitian Road, Yangchenghu Town, Xiangcheng District, Suzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Building 1, No.106, Nanyuan Road, Zhenmen-Tonggang Industria, Changshu, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 8, Jinfeng Road, Dafeng Economic Development Zone, Yan cheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>2, Negative three layers, Commercial Building, Qiandongnan, Guizhou, CHINA</t>
+  </si>
+  <si>
+    <t>18, Jinxi Road, Daoshu Town, Danyang, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>168, Changli East Road, Huangtang Town, Danyang City, Zhenjiang, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>West of National Highway 205, South of Cifu Road,, Suqian, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>SHUXIN CUN HUASHI TOWN JIANGYIN, JIANGSU, Jiangyin, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>2999, West Jingang Road, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Intelligent Industrial Park, 37 Huaihe Road,, Rizhao, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>NANTONG, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Si’an village, Wuxiang Town, Yinzhou District, Ningbo, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 15, Yidianhong Road, Xianhua Street, Pujiang County, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>2077, Yiwangfu North Road, Qingzhou Economic Technological, Weifang, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>No.313 of 3rd industry Road, Hi-tech development Zone, Feich, Taian, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>Laicheng Industrial Area, Laiwu District, Jinan City, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>No.9, Shunan Road, Kebei, Keqiao Area, Shaoxing, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No.17 Lanxiongshan Zhong Road, Lianghu Town, Shangyu City, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 28 Xiangwang Road, Huangjing Town, Taicang, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 1-2, Ben Ma Road, Taixing, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>HEFANGZHAO VILLIAGE, BAIHE TOWN, Taizhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 210, Nanhuan Road, Xinle, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>8, Weisi Road, Yannan Mechancial &amp; Electrical Industrial Park, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>3, Zhangjian Road, Dazhong Industrial Zone, Dafeng District, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Baima Village, Daoshu Town,, Danyang, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>East of Mizhou Road, Shandong, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>Beigaoqiao of West, Huzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 66, Daling Road, Gaoying Village, Dalang Town, Dongguan, Guangdong, CHINA</t>
+  </si>
+  <si>
+    <t>1st Industrial Zone Shangsha Changan Town, Dongguan, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>356, Dongkang Road, Dongyang, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>West Hulian Street,Jiangbei Street, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 1, Street of Xinhua, Foshan, Guangdong, CHINA</t>
+  </si>
+  <si>
+    <t>117, Tanghoupu, Wushan Village, Meilin Town, Nan'an, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Suanling Village, Xincuo Town, Fuqing City, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Fengting Industrial Park, Xianyou County, Putian, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>46, Jiandong Road, Donggou Town,Funing County, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>66, Yaoqiao 2nd Road, Huayuan Street, Funing County, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Qiyun illage, Fuqing, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>The North of Huixin Road, Liaocheng, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>35, Sanming Road, Hecheng Street, Gaoming District, Foshan, Guangdong, CHINA</t>
+  </si>
+  <si>
+    <t>2, Negative three layers, Commercial Building, Jinping, Guizhou, CHINA</t>
+  </si>
+  <si>
+    <t>Wuqiang Industrial Zone, Wuqiang, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>No. 8, AO Zhuang Chencun Indust. Park, Suoqian, Xiaoshan Distr, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>10, Room 305, Room 407,Building 2, Shunqi Road, Tangqi Town, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>978, Xiejia Village, Puyang Town, Xiaoshan District, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>439, Hengfu Rd, Hengcun Town, Tonglu County, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>318-38, Building 1, Dongrui Si Road, Xintang Street, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Louxiachen Village,Xintang Street, Xiaoshan District, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>ShushangWangCun, Jinhua Town, Xiaoshan District, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>5 - 3, Baiye Road, Xikou Village, Baizhang Town, Yuhang, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
     <t>Hangzhou, Zhejiang, CHINA</t>
   </si>
   <si>
-    <t>Hangzhou Zhongcheng Garment Co., Ltd.</t>
-[...2999 lines deleted...]
-    <t>129, Kanglong East Rd Handai Village Chendai Town, Jinjiang City, Quanzhou, Fujian, 362218, CHINA</t>
+    <t>279, Yangtang Road, Tonglu County, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 2675, Xinluo Road, Xintang Street, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>788, Donganyi Road, Xintang Street, Xiaoshan District, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 788, Dong An Yi Road, Xintang Street, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>17, Hongda Road, Linping Economic Development Zone, Linping Dist, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Lingyuan Industrial Park, Yangcunqiao Town, Jiande City, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>10-1, Xingling Road, Xingqiao, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Xujiabu, Hengcun Town, Tonglu County, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>35, Building, No. 6 Waiyu West Road, ,Fengchuan Street, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Industry Function Zone, Putian, Qintang Town, Jiande, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>9, Huangguan road, Xinzhaidian, Zhao County, Shijiazhuang, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>2, North Ring Road, High-Tech Industrial Development Zone,, Xingtai, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>5, Industrial Cluster, Mengzhou, Henan, CHINA</t>
+  </si>
+  <si>
+    <t>East Side of Zhenxing Road, North Side of Huashan Road, Shangqiu, Henan, CHINA</t>
+  </si>
+  <si>
+    <t>2, Zhangjian Road, Dazhong Industrial Park, Dafeng District, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Zhuji Industrial Park of Shan County, Heze, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>10, Suinan Road, Yicheng, Hubei, CHINA</t>
+  </si>
+  <si>
+    <t>(Zijiaobeijie Village) W of Daji Rd, Zijiao Town, Huimin Co, Binzhou, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>318, North of National Highway, Ji Village, Zhili Town, Wuxing, Huzhou City, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>18, Building 10, Qiantan Zhixinzhizaogu, Zhenhua Road, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>99, North Jianbei Road, Qiantan Town, Jiande, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>18, Building 12, Zhixin Qiantan Zhizaogu Project, Jiande, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>111, Huayang North Road, Jintan, Changzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 18, Jinxi Road, Daoshu Town, Danyang, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 1, Liuzhuang Industrial Zone, Dafeng District, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Jiangzao Industrial Area A, Chuanjiang Town, Tongzhou D, NANTONG, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Industrial Park, Daoshu Town, Danyang, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>North of Cifu Road, East of Ruisheng Avenue, Shuyang, Suqian, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Xiaqin Village, Daoshu Town, Danyang, Zhenjiang, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 88, W of Nat'l Hwy 205, S of Cifu Rd, Shuyang Econ Dev Zn Shuyan, Suqian, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Northeast Corner of Industrial District, Wuning Town, Jiujiang City, Jiangxi, CHINA</t>
+  </si>
+  <si>
+    <t>No. 2666, South Gaoxin Road, Nanachang City, Jiangxi, CHINA</t>
+  </si>
+  <si>
+    <t>Putian Industrial Park, Zhajin Town, Xiushui County, Jiujiang, Jiangxi, CHINA</t>
+  </si>
+  <si>
+    <t>No. 77, Xinzhuang Road, Jiangyin, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>West Section, Donghua Road, Huazhong Village, Jiangyin, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Shuxin Village, Huashi Town, Jiangyin, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>38, ZhuHuang Road, ZhuTang Town, Jiangyin, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>6, Gaozhong Road, Gaoan Village, Xuxiake Town, Jiangyin, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>8, Renmin Road, Jiangyin, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>2288, Shijin Road, Xiting Industrial Area, Tongzhou District, NANTONG, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Standard Workshop Building 1, Phase II, Ind Zone, Wuzhi Co., Jiaozuo, Henan, CHINA</t>
+  </si>
+  <si>
+    <t>Zhongnan Road, Zhongzhan District, Jiaozuo, Henan, CHINA</t>
+  </si>
+  <si>
+    <t>No. 38, Xincun Road, Tongxiang, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>2999, West Jingang Road, Jinyi Urban Economic Development Zone, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>188, 5 Building, Donggang North Street, Fucun Town, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No.7, Jinju Road, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>D Area, Glove Industrial Zone, Jining, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>East Side, Huangzhuang Vill Wolongshan Street, Jiaxiang Co., Jining, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>No. 1-7, Donghuan Road Dongshan Village, Quanzhou, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>238, Jianshe Road, Kengwei Village, Neikeng Town, Jinjiang, Quanzhou, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>60, Haidong Road, Huahai Industrial Area, Shenh u Town, Jinjiang, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>8, East Dagongsha, Jinjiang, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>66, Nanxin Street, Nandian Wudai Village, Chendai Town, Jinjiang, Quanzhou, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Yangjiahu Village, Banquan Town, Junan County, Linyi City, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>86, West of Baitu Town, Jurong, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>East Section of Qilin Avenue, Heze, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>666m, East, north from the interchange of Lintai Road, Heze, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>XI VILLAGE, QUZHOU, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>100, Dianxing Road, Kunshan, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Diligou Vlg, Pengquan Sub-Dst, Laiwu High-Tech DZ, Jinan, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>No. 1, Huangdian Street, Lanxi, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Hengliu Road, Qianping Industrial Zone, Le'an Industrial, Fuzhou, Jiangxi, CHINA</t>
+  </si>
+  <si>
+    <t>No. 87, Wutong 6 Road, Binzhou, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>12TH BUILDING,401ROOM,RAINBOW WITPARK,LONGGANG, Wenzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>30, Industrial Road, Neishanwei Village, Neikeng Town, Jinjiang, Quanzhou, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Guangming Village, Shanhua Town, Yanshi District, Luoyang, Henan, CHINA</t>
+  </si>
+  <si>
+    <t>100, Wangming Road, Mazhai Town, Erqi District, Zhengzhou, Henan, CHINA</t>
+  </si>
+  <si>
+    <t>9, Shanjiao Village, Wenzhen Town, Nanchang, Jiangxi, CHINA</t>
+  </si>
+  <si>
+    <t>9, Putong Street Economic Development Zone, Nangong, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>99, North Jinniu Road, Honglan Town, Lishui District, Nanjing, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>289, Renmin Road, Ma’an Sub-district, Liuhe District, Nanjing, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No.1256, Xinliu Avenue, Jiangsu Sheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Group 4, Ningtong Neighborhood Committee,Jiang’an Town, Rugao, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>West Chuangang, Chuanjiang Town, Tongzhou Districtt, NANTONG, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Shuang Dian Industrial Park C, NANTONG, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>East side of Haiphong Highway, West side of Jiangxin Road, NANTONG, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>6, Group,National Road Village,Pingchao Town, Tongzhou District, NANTONG, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>16, Shiziqiao Village, Nantong High-Tech Development Zone, NANTONG, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 16, Huanghai West Road, Nangtong, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Jiulong Road, Ningbo, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>136, Building No 2, Fanzhou Village, Yang Ming, Ningbo, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Sibei industrial area, Simen town, Yuyao, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Far East Industrial Park, Section A, Industrial Dev. Zone, Yuyao, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>689, Room 1103, 18# Building, Changxin Road, Ningbo, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>68, Fanggang Road, Fangqiao Industrial Zone, Fenghua, Ningbo, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>103, Lushan Road, Ningbo, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>18, Maowu North Road, Jiangshan Town, Yinzhou District, Jiangshan, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>15, Xinggong 2nd Road, Taoyuan Street, Ninghai, Ningbo, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Xincheng Village, Wuxiang Town, Yinzhou District, Ningbo , Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>2381, Building 2, Xuemian North Road, Taoyuan Street, Ningbo, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Balizhuang village, Xingtai, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>Zhaojiabaozi Area, County Industrial Park, Chengguan Town, Ankang, Shaanxi, CHINA</t>
+  </si>
+  <si>
+    <t>No. 288, Qianfang Avenue, Pujiang, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 8, Xiangrong Road, Zhengzhai Development Area, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>58, Bailian Road, Xianhua Street, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>909, Pingqi Road, Xianhua Street, Pujiang County, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>819, Shiting West Road,Hanjiang District, Putian, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>South of Dongjing Road, Huangshi Industrial Zone, Putian, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>231, Chading,Xindu Village, Xindu Town, Licheng District, Putian, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Daoshan Street, Putian, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Industry Cluster District, Fan County, Puyang, Henan, CHINA</t>
+  </si>
+  <si>
+    <t>Industrial Park, Yinglin Town, Jinjiang, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Wangjia Yanxia Village Vegetable Technology Demonstration, Qingdao, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>The East of Yanqing Yiji Road, South of TCL Road, Jimo, Qingdao, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>Qingdao, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>Quanzhou, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>455, Fuqiao Street, Shiqi Community, Jinlong Street, Quanzhou, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Xinjian Village, Jiang'an Town, Rugao, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Fanrong Village, Yunzhou Street, Ruian City, Wenzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>60-1, Yingkou Road, Rushan City, Weihai, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>Middle of Shengli Street, Rushan, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>313, 3rd Industry Road, Hi-tech development zone Feicheng, Taian, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>195, Donghai 1st Road,Bincheng District, Binzhou, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>1381, Silk Road, Zhoucun Zibo, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>NO.1381 SILK ROAD,ZHOUCUN, Zibo, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>Laicheng Industrial Area, Jinan City, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>8, Fanjia Village Industrial Park, Zhoucun District, Zibo, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>18, Kunyu Mountain Road, Pengquan Street, Laiwu High-tech, Jinan, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>Dongxiaogying Villiage, Xindian Town,Huiming Country, Binzhou, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>1616, Fuyi Road, Songzhuang Village, Shiqiang Town Zoucheng, Jinjing, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>Yanzhuang Industrial Park, Gangcheng District, Jinan, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>No. 195, Donghai No. 1 Road, Binzhou, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>7F02-04, NO.1500 North Sichuan RD, SHANGHAI, Shanghai, CHINA</t>
+  </si>
+  <si>
+    <t>3, Tongye Road, Huangzhu Village, Lincheng Town, Shanghang Co., Longyan, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>2, Building 3, C1, Shuangzha Road, Qianjinzha Village, Shaoxing, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>666, 4/F, Building 3#, Bujin Road, Qixian Street, Keqiao District, Shaoxing, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>17, Lanxiongshan, Shangyu, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>11, Qida Road, Shaoxing, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>11, Qida Road, Xiyi Village, Anchang Town, Ke Qiao District, Shaoxing, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Building 3, Southeast Corner of Qixiu Road, Daping Economic, Shaoyang, Hunan, CHINA</t>
+  </si>
+  <si>
+    <t>North of East Pingle Village, Xinchengpu Town, Shijiazhuang, Hebei Sheng, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>99, Zhengnan North Street, Lingshou County, Shijiazhuang, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>1, Zhuanjing Group Zhaozhuang Village, Longmiao Town, Suqian, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>3, The North Side of Fazhan Road, Suqian, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>S Side Fazhan Rd Enterprise Pioneer Pk, Huji Tn, Shuyang, Suqian, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>1, Olmar Road, Shizi Industrial Park, Shuyang County, Suqian, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>303, Liantang Avenue, Shanghu Town, Changshu, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Building 1, No.171 Fengyang Road, Yangchenghu Town, Suzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>12, Qingfang Middle Road, Xinzhuang Road, Changshu, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>8, Dongjing Road, Haiyu Town, Changshu, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>West side of 295 Fengyang Road, Yangchenghu Town, Xiangcheng, Suzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No.1, No.17, ZhaoShi Road, Meili Town, Changshu City, 215511 Suzho, Changshu City,, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>North of Xinhua Village, Tai'an, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>10, Group, Yinda Village, Quxia Town, Taixing, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>2, South Jinxi Road, Huangqiao Economic Development Zone, Taixing, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>17, Bingang Road, Hairun Street, Sanmen County, Taizhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Building 4, Building 4, Phase 1, Linhai Intelligent Manufacturing, Taizhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>1, Dongyuan Road, Baihe Town, Tiantai County, Taizhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>63, Nanshanzha Industrial District, Chengbei Street, Wenling, Taizhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Qiaobin Road, Tongcheng Town, Tianchang, Anhui, CHINA</t>
+  </si>
+  <si>
+    <t>15, Yijie Village, Cuihuangkou Town, Wuqing Disrict, Tianjin, Tianjin, CHINA</t>
+  </si>
+  <si>
+    <t>17, Hongxing Street,Jingjin Ecommerce Industrial Zone,, Wuqing District, Tianjin, CHINA</t>
+  </si>
+  <si>
+    <t>Xilv Village, Cuihuangkou Town, Wuqing District, Tianjin, Tianjin, CHINA</t>
+  </si>
+  <si>
+    <t>4, South of Erwei Road, Hexiwu Town, Wuqing District, Tianjin, Tianjin, CHINA</t>
+  </si>
+  <si>
+    <t>No. * Longliang Road, Wuqing District, Daliang Town, Tianjin, CHINA</t>
+  </si>
+  <si>
+    <t>Zhang Village, Liangtou Town, Jinghai County, Tianjin, Tianjin, CHINA</t>
+  </si>
+  <si>
+    <t>Sunjia Village, Hengcun Town, Tonglu County, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>1026, Tongqian Road, Hengcun Town, Tonglu County, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>99, Yuzhao Ind Zone, Fuchunjiang Town, Tonglu County, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 258, Xianghe Road, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>569, East Chunjiang Road, Tonglu County, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Building 3,Building 3, No.258,Huashi East Road, Jiaxing, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>300, Building No.1, Qiyuan Road, Wutong Street,, Tongxiang, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>1, Jinsan Road, Chongfu Town, Tongxiang, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Niwu Village, Wenling City, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 8, Zhanghong Road, Wuxi, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>35, Tianyou Road, Machinery and Equipment Industry Park, Wuxi, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>18, North Fengxiang Road, Wuxi, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>6-6, Jingui Road, Hudai Town, Binhu District, Wuxi City, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Unit 1803, No.165,East Tapu Road, Siming District, XIAMEN, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Changhe North Road Industrial Park, HechenTown, Xinhua, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Xinhu Village, Yongfeng Town, Xinghua City, Taizhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Maoying Tanning District, Xinji, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>210, Nanhuan Road, Xinle City, Hebei, CHINA</t>
+  </si>
+  <si>
+    <t>Yanjiangdao Industrial park, Xibian,Chenda Town, Jinjiang, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Liming South Road, TaiYangsheng Project Area, Jiujiang, Jiangxi, CHINA</t>
+  </si>
+  <si>
+    <t>Xinqiao village 3 Group ,Funing County, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>60, Enterprise Park Fucheng town, Funing County, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>22, Hede Road, Hede Industrial Zone, Sheyang County, Sheyang, Liaoning, CHINA</t>
+  </si>
+  <si>
+    <t>8, Weisi Road, Yannan Mechanical &amp; Electrical Industrial Park, Yancheng, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>9, Yangguang Road, Yangxi County, Yangjiang, Guangdong, CHINA</t>
+  </si>
+  <si>
+    <t>Tongyang Road, Liuji Town, Yizheng, Yangzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>32, Dongzhuang Road, Guangling Industrial Park, Yangzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 18, Lianqi Road, Shiqiao Industrial Park, Economic Devel, Yangzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>Hongping Village, Touqiao Town,Guangling District, Yangzhou, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 66, Jingfeng Road, Yantai, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>No. 575, Wuwu Road, Yantai, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>1006, Shuanglin Road, Fotang town, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Block F0313, Dibei New District, Leping City, Jingdezhen, Jiangxi, CHINA</t>
+  </si>
+  <si>
+    <t>Building 2, 3 Harmony Road, Shang Cun, Si Lu, Longshan Town, Yongkang, Jinhua, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Group Two, Shifu Village, Zhanghua Town, Huarong County, Yueyang, Hunan, CHINA</t>
+  </si>
+  <si>
+    <t>Jinjiang Industrial Park,, Yingtan, Jiangxi, CHINA</t>
+  </si>
+  <si>
+    <t>Diatang Street, Yangxiang Village, Tangjiazha, Yuyao, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>East End of Alishan Road, Economy Development Zone, Zaozhuang, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>West of Jizhuang Village, Nigou Town, Taierzhuang District, Zaozhuang, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>1115, Zhenbei Road, Xizhang, Fenghuang Town, Zhangjiagang, Jiangsu, CHINA</t>
+  </si>
+  <si>
+    <t>No. 399, Suhe Road, Yiwu, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>888, Yading Road, Yangxi Street, Jiande, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>188, Shentangli, Lingxi Village, Banqiao Town, Lin'an District, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>2nd and 3rd floor, block 18,number 11#,fanrong road, lihai t, Shaoxing, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Longyou Industrial Park, QUZHOU, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Chongshan, Zhengxiang Village, Ditang Street, Yuyao, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Wulian Village, Xintang Street, Xiaoshan District, Hangzhou, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>14, Haitang Road,Baiyang Street, Wuyi County,, Wuyi, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>2677, Danxi Avenue Lanjiang Street, Lanxi, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 28, Lianhe Road, Taozhu Street, Zhuji, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>2, Xianfeng Road, Mazhai, Industrial Zone, Zhengzhou, Henan, CHINA</t>
+  </si>
+  <si>
+    <t>50, Chaoyang, Moshi Village, Jingyang Town, Fuqing City, Fuzhou, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>West Tian Yuan Road, Caota Town, Zhuji City, Shaoxing, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>Zhucheng, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>No.398, North Quingfang Road, Zhuji City, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>550, Xiajianlu Village, Jianlu Community, Datang Street, Zhuji, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 7, Building 3, Yongjiu Road, Datang Street, Zhuji, Zhejiang, CHINA</t>
+  </si>
+  <si>
+    <t>No. 560, Tahi He Road, Zibo, Shandong, CHINA</t>
+  </si>
+  <si>
+    <t>129, Kanglong East Rd Handai Village Chendai Town, Jinjiang City, Quanzhou, Fujian, CHINA</t>
+  </si>
+  <si>
+    <t>Industrial Zone Kataneya, Cairo, Cairo, EGYPT</t>
+  </si>
+  <si>
+    <t>n/a, 3rd Industrial Private Free Zone, 10th of Ramadan city,, Al Sharqia, EGYPT</t>
+  </si>
+  <si>
+    <t>3rd Industrial privet free Zone A1, 10th of Ramadan City, Kairo, Al Sharqia, EGYPT</t>
+  </si>
+  <si>
+    <t>3rd Industrial private Zone A6, 10th of Ramadan City, Ash Sharqiyah, Al Sharqia, EGYPT</t>
+  </si>
+  <si>
+    <t>No. 10, Ring road, Mehalla El Kobra, EGYPT</t>
+  </si>
+  <si>
+    <t>No. 7, Konrad-Zuse-Str., Anklam, GERMANY</t>
+  </si>
+  <si>
+    <t>1, Niederschopfheimer Straße, Friesenheim/ Oberschopfheim, GERMANY</t>
+  </si>
+  <si>
+    <t>15, Ebinger Straße, Bitz, Baden-Wurttemberg, GERMANY</t>
+  </si>
+  <si>
+    <t>29, Schönheider Str., Stützengrün, Saxony, GERMANY</t>
+  </si>
+  <si>
+    <t>19, Hangstraße, Oschatz, Saxony, GERMANY</t>
+  </si>
+  <si>
+    <t>8, Ruenhorst, Bocholt, Nrth Rhine Westfalia, GERMANY</t>
+  </si>
+  <si>
+    <t>19, Hinter Stöck, Bisingen, GERMANY</t>
+  </si>
+  <si>
+    <t>8, Sandweg, Aschbach/Schlüsselfeld, Rhineland Palatinate, GERMANY</t>
+  </si>
+  <si>
+    <t>1, Topfmühle, Meinhard- Frieda, Hessen, GERMANY</t>
+  </si>
+  <si>
+    <t>No. 21, Biederlackstraße, Greven, GERMANY</t>
+  </si>
+  <si>
+    <t>No. 15, Holbachweg, Wahlhausen, GERMANY</t>
+  </si>
+  <si>
+    <t>No. 16, Boschstraße, Kaltenkirchen, GERMANY</t>
+  </si>
+  <si>
+    <t>No. 10, Paul-Gerhardt-Str., Bodelshausen, GERMANY</t>
+  </si>
+  <si>
+    <t>26, Weseler Landstraße, Borken, GERMANY</t>
+  </si>
+  <si>
+    <t>No. 1/A, Pasztor U., Szombathely, HUNGARY</t>
+  </si>
+  <si>
+    <t>AS Road, Alappuzha, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>Plot #3,4,47 &amp; 48, Sector 29, HUDA Part 1, Panipat, INDIA</t>
+  </si>
+  <si>
+    <t>1301,1318, 1337,1349,1350 Village Balitha, Tal Pardi, Valsad, Gujarat, INDIA</t>
+  </si>
+  <si>
+    <t>415/1B, Plot 413/2B, Pooluvapalayam, Odderpalayam, Annur, Coimbatore, Coimbatore, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>1/168, Shivasakthi Nagar, Periyandankovil, Karur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>Plot No K-224, 225 MIDC, Area, Waluj, Aurangabad, Gangapur, Maharashtra, INDIA</t>
+  </si>
+  <si>
+    <t>IV/428/429, Mararikulam South Grama Panchayathu, Kerala, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>Asramam Ward,Opp.Sree Ramakrishna Asramam,Avalookunnu.PO, Alappuzha, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>Deli Baghpat Rd., Dundahera, Industrial Area, Khekra, Uttar Pradesh, INDIA</t>
+  </si>
+  <si>
+    <t>Shed No: 15, Netaji Apparel Park, Ettiveerampalayam, Tirupur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>Shed No 81 B, C, Tekic TEA Nagar, Mudalipalayam SIDCO, Tamilnadu, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>Behind Sector29, HUDA, Panipat, INDIA</t>
+  </si>
+  <si>
+    <t>Plot No 78, sector -29,Part 2, HUDA, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>Kottayam, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>SF No: 57/1A, Pollachi, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>46A/27B,, Sanwar Road, Sector C, Industrial Area, Indore, Madhya Pradesh, INDIA</t>
+  </si>
+  <si>
+    <t>415/1B, Door No. / Plot 413/2B, Pooluvapalayam, Poo, Coimbatore, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>Across Both Canals Near Shiv Mandir Chowk Jatil Road, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>Volga Junction Mannancherry P.O Kalavoor, Alappuzha, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>B-49/4, 49/5, 54/3 EPIP, Shastripuram, Agra, Provinz: Uttar Prade, INDIA</t>
+  </si>
+  <si>
+    <t>Pakkil, Kottayam, INDIA</t>
+  </si>
+  <si>
+    <t>Zamin Uthukuli Road, Siganallur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>Vill. Jhattipur, G.T. Road, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>0-34, Industrial Area, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>Pasina Khurd Road, Village Sinah,Haryana, Village Sewah Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>191/192, Mahala Falia Village, Bhilad, Taluka Umbergaon, Valsad, Gujarat, INDIA</t>
+  </si>
+  <si>
+    <t>Kamarajapuram West, Karur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>1, Cat Coir Coir Pk, Thiruvizha, Alleppey, INDIA</t>
+  </si>
+  <si>
+    <t>No. 2823, A.S. Road, Alleppey Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>NO 8/121, AMARAVATHI NAGAR，ANDANKOVILEAST, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>118, Leather Complex, Kapurthala Road, Jalandhar, Punjab, INDIA</t>
+  </si>
+  <si>
+    <t>Opp. Beas Project, G.T.Road, P.O. Siwah, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>Plot 5, Sec. 29, Part-II, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>535,536, Salem Bye Pass Road, Semmadai, Karur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>No. 777, Balana, Israna, 1157496, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>44 &amp; 46, Fifty Feet Road, Ramakrishnapuram North, Karur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>C-18, C-19, Plot No. C-18, C-19 &amp; C-20, Karur Textile Park Limited, Puth, Tamilnadu, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>Huda Industrial Area, Pat 1, Sec-29, Haryana, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>W-16/329, Vazhicherry,Alappuzha, Alappuzha, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>357A 5-6, Dholo Integrated Spinning Park, Survey No. 357/A/5 &amp; 357/A/6, Ahmedabad, Gujarat, INDIA</t>
+  </si>
+  <si>
+    <t>2/642A, NCC House, Mangalam Road, Andipalayam, Tirupur, Tamilnadu, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>SF, 64-2B Salapalayam Road V.Thanneerpanthal, Pavithram (PO), Tamil Nadu, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>Plot No.21, Sec-29, Part1, Huda, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>Survey No. 68/3-5, 68/7-23, 69/6-8, 70/14-15, Pathirappally, Alleppey, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>147, AGP/XIII/, Thumpolly P.O, Alappuzha, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>46-A 27B Sector C Industrial Area, Sanwer Rd, Indore, Madhya Pradesh, INDIA</t>
+  </si>
+  <si>
+    <t>Maheshwar Road, Barwaha, INDIA</t>
+  </si>
+  <si>
+    <t>Survey No. 80, Piplej Pirana Road, Ahmedabad, INDIA</t>
+  </si>
+  <si>
+    <t>235-237, Sector 29, Part 2, Huda, 132103, Panipat, INDIA</t>
+  </si>
+  <si>
+    <t>188, Sector 25 Part 2, HUDA Industrial Estate, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>No. 168, Khewat, Vill. Alipur Khalsha Gharaunda, Karnal, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>NH-71A, 12th Milestone, Gohana Road, Naultha,, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>184, To "L" Sector MIDC Waluj, Jogeshwari Adjacent, Aurangabad, Maharashtra, INDIA</t>
+  </si>
+  <si>
+    <t>Sf 497/1-3, Mattaiparaiputhur, Karur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>No.295/5, Unit - 3 - S.F.NO : 150/B Sanjay Nagar Erode Main Road, Karur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>No 150/B, S.F. 150/B Sanjay Nagar, Erode Main Road ,Arthur Post, Karur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>Chingoli P.O., Karthikapally, Alappuzha, Kerala, INDIA</t>
+  </si>
+  <si>
+    <t>8 Badrakaliamman Koil Road, Mettupalayam, Coimbatore, Coimbatore, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>190-191, Sector 25, Part II, HUDA, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>38/3, Sri Dhanam Nagar, Mylampatti Post, Sulur Taluk, Coimbatore, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>153, Sector 29, Part 2, Huda, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>Across Both Canals, Near Shiv Mandir Chowk, Jatal Road, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>Village Sarsini, Lalru, Mohali, Punjab, Punjab, INDIA</t>
+  </si>
+  <si>
+    <t>10TH11TH MILE STONE,AGRAMATHURA ROAD,ARTONI, AGRA UP, Uttar Pradesh, INDIA</t>
+  </si>
+  <si>
+    <t>Rishalu Road, Village-Sewah, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>74/16/1, 16/2, 17/2, 17/1, 24/1, 24/2, 25/1, 25 Sewah G.T Rd, Panipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>487-488, Phase 2 HSIIDC, Barhi, Sonipat, Haryana, INDIA</t>
+  </si>
+  <si>
+    <t>72, Vivekanadha Nagar, Sengunthapuram Main Road, Karur, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>3, P 42, 43, 44, 45, 46 Udayan Industrial Estate, Pagladanga, Kolkata, West Bengal, INDIA</t>
+  </si>
+  <si>
+    <t>0/10 Industrial Area, Panipat, Tamil Nadu, INDIA</t>
+  </si>
+  <si>
+    <t>666/1-2, Survey No. 667 to 671P, 674 to 677, 697P, 698P, 699P, 707 to, Anjar, Gujarat, INDIA</t>
+  </si>
+  <si>
+    <t>JI. Rungkut Industries, 11/39 Kota Surabaya,, Jawa Timur, Jawa Timur East Java, INDONESIA</t>
+  </si>
+  <si>
+    <t>No. 143, Nemenčinės g., Pučkalaukio k., Vilniaus r.sav., Nemenčinės sen., LITHUANIA</t>
+  </si>
+  <si>
+    <t>Plot C-8, Scheme-33, S.I.T.E, Superhighway, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>25 KM Khanewal Road, Qadir Pur Ran, Multan, Punjab, PAKISTAN</t>
+  </si>
+  <si>
+    <t>Rohi Nala 3.5KM off 22KM Ferozepure Road, Lahore, PAKISTAN</t>
+  </si>
+  <si>
+    <t>3.5 Km Off Rohi Nala, Hadiara Drain, Off 22 Km Ferozpur Road, Lahore, PAKISTAN</t>
+  </si>
+  <si>
+    <t>A/51-A. SITE, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>C-3, H23/A4, Scgeme, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>S-81, Deh Moachko Tapo Gabopat Northern Bypass Road, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>57 K.M on Super Highway, near Karachi, Sindh, PAKISTAN</t>
+  </si>
+  <si>
+    <t>HT-3/A, HT-4, HT-8,Landhi Industrial Area, Sindh, PAKISTAN</t>
+  </si>
+  <si>
+    <t>Plot 368, 369 Main National Highway, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>D-115 SITE, Sindh, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>2.5 KM Off Manga Raiwind Road, Lahore, PAKISTAN</t>
+  </si>
+  <si>
+    <t>Jaranwala Road,4th Kilometer, Khurrianwala -Punjab, Faisalabad, PAKISTAN</t>
+  </si>
+  <si>
+    <t>A5/ B-2, S.I.T.E., Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>A/51-A S.I.T.E, Sindh, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>Main national highway,Deh Khanto, Plot No. 71, Sindh, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>L12 Block 21 F. B. Area, Industrial Area, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>L-3; L-4, Block-21, Federal-B Area, Sindh, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>D-14/A, Bada Board, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>A-1/A1, D-14/C-1, SITE, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>No. A1/1, Manghopir Road, Karachi, PAKISTAN</t>
+  </si>
+  <si>
+    <t>No. 16B, B-dul Bucuresti, Focsani, ROMANIA</t>
+  </si>
+  <si>
+    <t>61, Str. Grindului, Oras Pucioasa, ROMANIA</t>
+  </si>
+  <si>
+    <t>85, Sencanski Put, Subotica, SERBIA</t>
+  </si>
+  <si>
+    <t>Kamnik, Kamnik, SLOVENIA</t>
+  </si>
+  <si>
+    <t>100, Pahala Mapitigama, Morahena Malwana, Malwana, SRI LANKA</t>
+  </si>
+  <si>
+    <t>368/1, Moo 8, Mapkha Subdistrict, Nikhom Phatthana District, Rayong, Bueng Kan, THAILAND</t>
+  </si>
+  <si>
+    <t>900, Karapinar Mah. Ankara Yolu Cad., Yildirim, Bursa, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>Mermerciler Sanayi Sitesi 5. Cadde No.9, Istanbul, Istanbul, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>No. 8, D-100 Karayolu Uzeri Altinpinar Koyu, Duzce, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>268, Karsiyaka Mah. Ankara Bulvari, Denizli, Denizli, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>No. 12, Hacieyuplu Mah. 3115 Sok., Denizli, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>Atatürk Mahallesi Lozan Caddesi, Istanbul, Istanbul, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>No. 2, 4.Organize Sanayi Bölgesi 83413 Nolu cad, Sehitkamil, Gaziantep, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>No. 21, 4. Org San. Böl. Vali Lutfullah bilgin Bulvari, Gaziantep, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>7, Bakir ve Pirincciler Sanayi Sitesi, Menekse Cad., Beylikdüzü-Istanbul, Istanbul, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>43, Usak Org. San. Bolgesi 101 Cad., Usak, Ushak, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>3, 83304 Nolu Cad 2, Organize Sanayi Subesi, Organize Sanayi, Baspinar, Gaziantep, TÜRKİYE</t>
+  </si>
+  <si>
+    <t>No. 10, North Linden Street, Duquesne, Pennsylvania, UNITED STATES</t>
+  </si>
+  <si>
+    <t>No. 417, S. River Street, Calhoun, Georgia, UNITED STATES</t>
+  </si>
+  <si>
+    <t>199 Royal Drive, Calhoun, Georgia, UNITED STATES</t>
+  </si>
+  <si>
+    <t>1800 Antioch Rd, Dalton, Georgia, UNITED STATES</t>
+  </si>
+  <si>
+    <t>405, 405 Mims Road, Sylvania, Georgia, UNITED STATES</t>
+  </si>
+  <si>
+    <t>No. 1101, Riverbend Road, Dalton, Georgia, UNITED STATES</t>
+  </si>
+  <si>
+    <t>4300, Westpark Drive SW, Atlanta, Georgia, UNITED STATES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ALDI SUED Office"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="ALDI SUED Office"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="ALDI SUED Office"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -4693,62 +4473,62 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="918332" cy="1095375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{37D235B7-BBC8-4550-8ABA-5742AF9A4DC6}" name="Tabelle53" displayName="Tabelle53" ref="A8:E761" totalsRowShown="0">
-  <autoFilter ref="A8:E761" xr:uid="{37D235B7-BBC8-4550-8ABA-5742AF9A4DC6}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{37D235B7-BBC8-4550-8ABA-5742AF9A4DC6}" name="Tabelle53" displayName="Tabelle53" ref="A9:E720" totalsRowShown="0">
+  <autoFilter ref="A9:E720" xr:uid="{37D235B7-BBC8-4550-8ABA-5742AF9A4DC6}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{63A17836-184B-4045-9548-B345C406D04A}" name="PF Country"/>
     <tableColumn id="2" xr3:uid="{530321E3-712A-46FE-8214-2576DA21323D}" name="Production facility"/>
-    <tableColumn id="3" xr3:uid="{0FF25FF0-125E-41A5-88B3-CA5652207626}" name="PF Adress"/>
+    <tableColumn id="5" xr3:uid="{ACC434B3-C1AF-4CE7-87A6-32A89C8E8425}" name="PF Address"/>
     <tableColumn id="4" xr3:uid="{3D424988-9CFE-4D8E-A969-FF4BF31BB795}" name="Commodity Group"/>
     <tableColumn id="7" xr3:uid="{D74DA7FE-6E91-4F64-B236-E8908B64DD95}" name="No of workers" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium16" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ALDI Sued">
   <a:themeElements>
     <a:clrScheme name="ALDI HOFER">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="001E78"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D8D8D8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="001E78"/>
@@ -4946,12920 +4726,12217 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{560FE4CD-1EC1-463D-B3A5-93B934930A6D}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A2:E761"/>
+  <dimension ref="A2:E720"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A517" zoomScale="106" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="C546" sqref="C546"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="106" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.5" defaultRowHeight="14.25"/>
+  <sheetFormatPr defaultColWidth="12.5" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21.75" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="135.875" customWidth="1"/>
     <col min="4" max="4" width="16.625" customWidth="1"/>
     <col min="5" max="5" width="12.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:5" ht="27" customHeight="1">
+    <row r="2" spans="1:5" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="2"/>
-[...2 lines deleted...]
-      <c r="B3" s="3" t="s">
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="B3" s="2" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="2" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="1.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="4"/>
-[...2 lines deleted...]
-      <c r="B4" s="3" t="s">
+      <c r="B9" t="s">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" t="s">
+      <c r="C9" t="s">
+        <v>940</v>
+      </c>
+      <c r="D9" t="s">
         <v>3</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E9" t="s">
         <v>4</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+    </row>
+    <row r="10" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" t="s">
+        <v>138</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="C10" t="s">
+        <v>941</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
+        <v>138</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C11" t="s">
+        <v>942</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
+        <v>617</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="C12" t="s">
+        <v>943</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" t="s">
+        <v>944</v>
+      </c>
+      <c r="D13" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A14" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
+        <v>945</v>
+      </c>
+      <c r="D14" t="s">
+        <v>7</v>
+      </c>
+      <c r="E14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" t="s">
+        <v>49</v>
+      </c>
+      <c r="C15" t="s">
+        <v>946</v>
+      </c>
+      <c r="D15" t="s">
+        <v>7</v>
+      </c>
+      <c r="E15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" t="s">
+        <v>947</v>
+      </c>
+      <c r="D16" t="s">
+        <v>7</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
+        <v>79</v>
+      </c>
+      <c r="C17" t="s">
+        <v>948</v>
+      </c>
+      <c r="D17" t="s">
+        <v>7</v>
+      </c>
+      <c r="E17" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" t="s">
+        <v>949</v>
+      </c>
+      <c r="D18" t="s">
+        <v>7</v>
+      </c>
+      <c r="E18" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" t="s">
+        <v>950</v>
+      </c>
+      <c r="D19" t="s">
+        <v>7</v>
+      </c>
+      <c r="E19" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A20" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" t="s">
+        <v>951</v>
+      </c>
+      <c r="D20" t="s">
+        <v>7</v>
+      </c>
+      <c r="E20" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B21" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" t="s">
+        <v>952</v>
+      </c>
+      <c r="D21" t="s">
+        <v>7</v>
+      </c>
+      <c r="E21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>35</v>
+      </c>
+      <c r="B22" t="s">
+        <v>80</v>
+      </c>
+      <c r="C22" t="s">
+        <v>953</v>
+      </c>
+      <c r="D22" t="s">
+        <v>7</v>
+      </c>
+      <c r="E22" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A23" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" t="s">
+        <v>186</v>
+      </c>
+      <c r="C23" t="s">
+        <v>954</v>
+      </c>
+      <c r="D23" t="s">
+        <v>7</v>
+      </c>
+      <c r="E23" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A24" t="s">
+        <v>35</v>
+      </c>
+      <c r="B24" t="s">
+        <v>325</v>
+      </c>
+      <c r="C24" t="s">
+        <v>955</v>
+      </c>
+      <c r="D24" t="s">
+        <v>7</v>
+      </c>
+      <c r="E24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
+        <v>35</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>956</v>
+      </c>
+      <c r="D25" t="s">
+        <v>7</v>
+      </c>
+      <c r="E25" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A26" t="s">
+        <v>35</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>762</v>
+      </c>
+      <c r="D26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
+        <v>957</v>
+      </c>
+      <c r="D27" t="s">
+        <v>7</v>
+      </c>
+      <c r="E27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" t="s">
+        <v>157</v>
+      </c>
+      <c r="C28" t="s">
+        <v>958</v>
+      </c>
+      <c r="D28" t="s">
+        <v>7</v>
+      </c>
+      <c r="E28" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" t="s">
+        <v>162</v>
+      </c>
+      <c r="C29" t="s">
+        <v>763</v>
+      </c>
+      <c r="D29" t="s">
+        <v>7</v>
+      </c>
+      <c r="E29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
+        <v>35</v>
+      </c>
+      <c r="B30" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30" t="s">
+        <v>959</v>
+      </c>
+      <c r="D30" t="s">
+        <v>7</v>
+      </c>
+      <c r="E30" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A31" t="s">
+        <v>35</v>
+      </c>
+      <c r="B31" t="s">
+        <v>185</v>
+      </c>
+      <c r="C31" t="s">
+        <v>960</v>
+      </c>
+      <c r="D31" t="s">
+        <v>7</v>
+      </c>
+      <c r="E31" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B32" t="s">
+        <v>236</v>
+      </c>
+      <c r="C32" t="s">
+        <v>961</v>
+      </c>
+      <c r="D32" t="s">
+        <v>7</v>
+      </c>
+      <c r="E32" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
+        <v>35</v>
+      </c>
+      <c r="B33" t="s">
+        <v>239</v>
+      </c>
+      <c r="C33" t="s">
+        <v>962</v>
+      </c>
+      <c r="D33" t="s">
+        <v>7</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" t="s">
+        <v>240</v>
+      </c>
+      <c r="C34" t="s">
+        <v>963</v>
+      </c>
+      <c r="D34" t="s">
+        <v>7</v>
+      </c>
+      <c r="E34" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
+        <v>35</v>
+      </c>
+      <c r="B35" t="s">
+        <v>241</v>
+      </c>
+      <c r="C35" t="s">
+        <v>964</v>
+      </c>
+      <c r="D35" t="s">
+        <v>7</v>
+      </c>
+      <c r="E35" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" t="s">
+        <v>302</v>
+      </c>
+      <c r="C36" t="s">
+        <v>965</v>
+      </c>
+      <c r="D36" t="s">
+        <v>7</v>
+      </c>
+      <c r="E36" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A37" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" t="s">
+        <v>307</v>
+      </c>
+      <c r="C37" t="s">
+        <v>966</v>
+      </c>
+      <c r="D37" t="s">
+        <v>7</v>
+      </c>
+      <c r="E37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A38" t="s">
+        <v>35</v>
+      </c>
+      <c r="B38" t="s">
+        <v>315</v>
+      </c>
+      <c r="C38" t="s">
+        <v>967</v>
+      </c>
+      <c r="D38" t="s">
+        <v>7</v>
+      </c>
+      <c r="E38" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
+        <v>35</v>
+      </c>
+      <c r="B39" t="s">
+        <v>317</v>
+      </c>
+      <c r="C39" t="s">
+        <v>968</v>
+      </c>
+      <c r="D39" t="s">
+        <v>7</v>
+      </c>
+      <c r="E39" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A40" t="s">
+        <v>35</v>
+      </c>
+      <c r="B40" t="s">
+        <v>320</v>
+      </c>
+      <c r="C40" t="s">
+        <v>969</v>
+      </c>
+      <c r="D40" t="s">
+        <v>7</v>
+      </c>
+      <c r="E40" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A41" t="s">
+        <v>35</v>
+      </c>
+      <c r="B41" t="s">
+        <v>619</v>
+      </c>
+      <c r="C41" t="s">
+        <v>970</v>
+      </c>
+      <c r="D41" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A42" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" t="s">
+        <v>323</v>
+      </c>
+      <c r="C42" t="s">
+        <v>764</v>
+      </c>
+      <c r="D42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A43" t="s">
+        <v>35</v>
+      </c>
+      <c r="B43" t="s">
+        <v>332</v>
+      </c>
+      <c r="C43" t="s">
+        <v>971</v>
+      </c>
+      <c r="D43" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A44" t="s">
+        <v>35</v>
+      </c>
+      <c r="B44" t="s">
+        <v>333</v>
+      </c>
+      <c r="C44" t="s">
+        <v>972</v>
+      </c>
+      <c r="D44" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A45" t="s">
+        <v>35</v>
+      </c>
+      <c r="B45" t="s">
+        <v>337</v>
+      </c>
+      <c r="C45" t="s">
+        <v>973</v>
+      </c>
+      <c r="D45" t="s">
+        <v>7</v>
+      </c>
+      <c r="E45" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B46" t="s">
+        <v>339</v>
+      </c>
+      <c r="C46" t="s">
+        <v>765</v>
+      </c>
+      <c r="D46" t="s">
+        <v>7</v>
+      </c>
+      <c r="E46" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A47" t="s">
+        <v>35</v>
+      </c>
+      <c r="B47" t="s">
+        <v>343</v>
+      </c>
+      <c r="C47" t="s">
+        <v>974</v>
+      </c>
+      <c r="D47" t="s">
+        <v>7</v>
+      </c>
+      <c r="E47" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A48" t="s">
+        <v>35</v>
+      </c>
+      <c r="B48" t="s">
+        <v>347</v>
+      </c>
+      <c r="C48" t="s">
+        <v>975</v>
+      </c>
+      <c r="D48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E48" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A49" t="s">
+        <v>35</v>
+      </c>
+      <c r="B49" t="s">
+        <v>349</v>
+      </c>
+      <c r="C49" t="s">
+        <v>976</v>
+      </c>
+      <c r="D49" t="s">
+        <v>7</v>
+      </c>
+      <c r="E49" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A50" t="s">
+        <v>35</v>
+      </c>
+      <c r="B50" t="s">
+        <v>367</v>
+      </c>
+      <c r="C50" t="s">
+        <v>977</v>
+      </c>
+      <c r="D50" t="s">
+        <v>7</v>
+      </c>
+      <c r="E50" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A51" t="s">
+        <v>35</v>
+      </c>
+      <c r="B51" t="s">
+        <v>368</v>
+      </c>
+      <c r="C51" t="s">
+        <v>978</v>
+      </c>
+      <c r="D51" t="s">
+        <v>7</v>
+      </c>
+      <c r="E51" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A52" t="s">
+        <v>35</v>
+      </c>
+      <c r="B52" t="s">
+        <v>369</v>
+      </c>
+      <c r="C52" t="s">
+        <v>979</v>
+      </c>
+      <c r="D52" t="s">
+        <v>7</v>
+      </c>
+      <c r="E52" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A53" t="s">
+        <v>35</v>
+      </c>
+      <c r="B53" t="s">
+        <v>383</v>
+      </c>
+      <c r="C53" t="s">
+        <v>980</v>
+      </c>
+      <c r="D53" t="s">
+        <v>7</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A54" t="s">
+        <v>35</v>
+      </c>
+      <c r="B54" t="s">
+        <v>384</v>
+      </c>
+      <c r="C54" t="s">
+        <v>981</v>
+      </c>
+      <c r="D54" t="s">
+        <v>7</v>
+      </c>
+      <c r="E54" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A55" t="s">
+        <v>35</v>
+      </c>
+      <c r="B55" t="s">
+        <v>386</v>
+      </c>
+      <c r="C55" t="s">
+        <v>982</v>
+      </c>
+      <c r="D55" t="s">
+        <v>7</v>
+      </c>
+      <c r="E55" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A56" t="s">
+        <v>35</v>
+      </c>
+      <c r="B56" t="s">
+        <v>390</v>
+      </c>
+      <c r="C56" t="s">
+        <v>983</v>
+      </c>
+      <c r="D56" t="s">
+        <v>7</v>
+      </c>
+      <c r="E56" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A57" t="s">
+        <v>35</v>
+      </c>
+      <c r="B57" t="s">
+        <v>392</v>
+      </c>
+      <c r="C57" t="s">
+        <v>984</v>
+      </c>
+      <c r="D57" t="s">
+        <v>7</v>
+      </c>
+      <c r="E57" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A58" t="s">
+        <v>35</v>
+      </c>
+      <c r="B58" t="s">
+        <v>393</v>
+      </c>
+      <c r="C58" t="s">
+        <v>985</v>
+      </c>
+      <c r="D58" t="s">
+        <v>7</v>
+      </c>
+      <c r="E58" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A59" t="s">
+        <v>35</v>
+      </c>
+      <c r="B59" t="s">
+        <v>394</v>
+      </c>
+      <c r="C59" t="s">
+        <v>986</v>
+      </c>
+      <c r="D59" t="s">
+        <v>7</v>
+      </c>
+      <c r="E59" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A60" t="s">
+        <v>35</v>
+      </c>
+      <c r="B60" t="s">
+        <v>398</v>
+      </c>
+      <c r="C60" t="s">
+        <v>987</v>
+      </c>
+      <c r="D60" t="s">
+        <v>7</v>
+      </c>
+      <c r="E60" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A61" t="s">
+        <v>35</v>
+      </c>
+      <c r="B61" t="s">
+        <v>400</v>
+      </c>
+      <c r="C61" t="s">
+        <v>988</v>
+      </c>
+      <c r="D61" t="s">
+        <v>7</v>
+      </c>
+      <c r="E61" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A62" t="s">
+        <v>35</v>
+      </c>
+      <c r="B62" t="s">
+        <v>426</v>
+      </c>
+      <c r="C62" t="s">
+        <v>766</v>
+      </c>
+      <c r="D62" t="s">
+        <v>7</v>
+      </c>
+      <c r="E62" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A63" t="s">
+        <v>35</v>
+      </c>
+      <c r="B63" t="s">
+        <v>427</v>
+      </c>
+      <c r="C63" t="s">
+        <v>989</v>
+      </c>
+      <c r="D63" t="s">
+        <v>7</v>
+      </c>
+      <c r="E63" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A64" t="s">
+        <v>35</v>
+      </c>
+      <c r="B64" t="s">
+        <v>428</v>
+      </c>
+      <c r="C64" t="s">
+        <v>990</v>
+      </c>
+      <c r="D64" t="s">
+        <v>7</v>
+      </c>
+      <c r="E64" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A65" t="s">
+        <v>35</v>
+      </c>
+      <c r="B65" t="s">
+        <v>429</v>
+      </c>
+      <c r="C65" t="s">
+        <v>991</v>
+      </c>
+      <c r="D65" t="s">
+        <v>7</v>
+      </c>
+      <c r="E65" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A66" t="s">
+        <v>35</v>
+      </c>
+      <c r="B66" t="s">
+        <v>431</v>
+      </c>
+      <c r="C66" t="s">
+        <v>992</v>
+      </c>
+      <c r="D66" t="s">
+        <v>7</v>
+      </c>
+      <c r="E66" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A67" t="s">
+        <v>35</v>
+      </c>
+      <c r="B67" t="s">
+        <v>432</v>
+      </c>
+      <c r="C67" t="s">
+        <v>993</v>
+      </c>
+      <c r="D67" t="s">
+        <v>7</v>
+      </c>
+      <c r="E67" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A68" t="s">
+        <v>35</v>
+      </c>
+      <c r="B68" t="s">
+        <v>437</v>
+      </c>
+      <c r="C68" t="s">
+        <v>994</v>
+      </c>
+      <c r="D68" t="s">
+        <v>7</v>
+      </c>
+      <c r="E68" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A69" t="s">
+        <v>35</v>
+      </c>
+      <c r="B69" t="s">
+        <v>439</v>
+      </c>
+      <c r="C69" t="s">
+        <v>995</v>
+      </c>
+      <c r="D69" t="s">
+        <v>7</v>
+      </c>
+      <c r="E69" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A70" t="s">
+        <v>35</v>
+      </c>
+      <c r="B70" t="s">
+        <v>620</v>
+      </c>
+      <c r="C70" t="s">
+        <v>996</v>
+      </c>
+      <c r="D70" t="s">
+        <v>7</v>
+      </c>
+      <c r="E70" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A71" t="s">
+        <v>35</v>
+      </c>
+      <c r="B71" t="s">
+        <v>456</v>
+      </c>
+      <c r="C71" t="s">
+        <v>997</v>
+      </c>
+      <c r="D71" t="s">
+        <v>7</v>
+      </c>
+      <c r="E71" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A72" t="s">
+        <v>35</v>
+      </c>
+      <c r="B72" t="s">
+        <v>458</v>
+      </c>
+      <c r="C72" t="s">
+        <v>998</v>
+      </c>
+      <c r="D72" t="s">
+        <v>7</v>
+      </c>
+      <c r="E72" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A73" t="s">
+        <v>35</v>
+      </c>
+      <c r="B73" t="s">
+        <v>621</v>
+      </c>
+      <c r="C73" t="s">
+        <v>767</v>
+      </c>
+      <c r="D73" t="s">
+        <v>7</v>
+      </c>
+      <c r="E73" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A74" t="s">
+        <v>35</v>
+      </c>
+      <c r="B74" t="s">
+        <v>488</v>
+      </c>
+      <c r="C74" t="s">
+        <v>999</v>
+      </c>
+      <c r="D74" t="s">
+        <v>7</v>
+      </c>
+      <c r="E74" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A75" t="s">
+        <v>35</v>
+      </c>
+      <c r="B75" t="s">
+        <v>506</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D75" t="s">
+        <v>7</v>
+      </c>
+      <c r="E75" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A76" t="s">
+        <v>35</v>
+      </c>
+      <c r="B76" t="s">
+        <v>524</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D76" t="s">
+        <v>7</v>
+      </c>
+      <c r="E76" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A77" t="s">
+        <v>35</v>
+      </c>
+      <c r="B77" t="s">
+        <v>531</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D77" t="s">
+        <v>7</v>
+      </c>
+      <c r="E77" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A78" t="s">
+        <v>35</v>
+      </c>
+      <c r="B78" t="s">
+        <v>539</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E78" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A79" t="s">
+        <v>35</v>
+      </c>
+      <c r="B79" t="s">
+        <v>539</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A80" t="s">
+        <v>35</v>
+      </c>
+      <c r="B80" t="s">
+        <v>543</v>
+      </c>
+      <c r="C80" t="s">
+        <v>768</v>
+      </c>
+      <c r="D80" t="s">
+        <v>7</v>
+      </c>
+      <c r="E80" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A81" t="s">
+        <v>35</v>
+      </c>
+      <c r="B81" t="s">
+        <v>565</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D81" t="s">
+        <v>7</v>
+      </c>
+      <c r="E81" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A82" t="s">
+        <v>35</v>
+      </c>
+      <c r="B82" t="s">
+        <v>583</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D82" t="s">
+        <v>7</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A83" t="s">
+        <v>48</v>
+      </c>
+      <c r="B83" t="s">
+        <v>58</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A84" t="s">
+        <v>23</v>
+      </c>
+      <c r="B84" t="s">
+        <v>24</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D84" t="s">
+        <v>25</v>
+      </c>
+      <c r="E84" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A85" t="s">
+        <v>344</v>
+      </c>
+      <c r="B85" t="s">
+        <v>345</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D85" t="s">
+        <v>7</v>
+      </c>
+      <c r="E85" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A86" t="s">
+        <v>65</v>
+      </c>
+      <c r="B86" t="s">
+        <v>66</v>
+      </c>
+      <c r="C86" t="s">
+        <v>745</v>
+      </c>
+      <c r="D86" t="s">
+        <v>7</v>
+      </c>
+      <c r="E86" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A87" t="s">
+        <v>65</v>
+      </c>
+      <c r="B87" t="s">
+        <v>67</v>
+      </c>
+      <c r="C87" t="s">
+        <v>746</v>
+      </c>
+      <c r="D87" t="s">
+        <v>7</v>
+      </c>
+      <c r="E87" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A88" t="s">
+        <v>65</v>
+      </c>
+      <c r="B88" t="s">
+        <v>93</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D88" t="s">
+        <v>7</v>
+      </c>
+      <c r="E88" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A89" t="s">
+        <v>65</v>
+      </c>
+      <c r="B89" t="s">
+        <v>168</v>
+      </c>
+      <c r="C89" t="s">
+        <v>747</v>
+      </c>
+      <c r="D89" t="s">
+        <v>7</v>
+      </c>
+      <c r="E89" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A90" t="s">
+        <v>65</v>
+      </c>
+      <c r="B90" t="s">
+        <v>188</v>
+      </c>
+      <c r="C90" t="s">
+        <v>748</v>
+      </c>
+      <c r="D90" t="s">
+        <v>7</v>
+      </c>
+      <c r="E90" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A91" t="s">
+        <v>65</v>
+      </c>
+      <c r="B91" t="s">
+        <v>189</v>
+      </c>
+      <c r="C91" t="s">
+        <v>749</v>
+      </c>
+      <c r="D91" t="s">
+        <v>7</v>
+      </c>
+      <c r="E91" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A92" t="s">
+        <v>65</v>
+      </c>
+      <c r="B92" t="s">
+        <v>622</v>
+      </c>
+      <c r="C92" t="s">
+        <v>750</v>
+      </c>
+      <c r="D92" t="s">
+        <v>7</v>
+      </c>
+      <c r="E92" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A93" t="s">
+        <v>65</v>
+      </c>
+      <c r="B93" t="s">
+        <v>327</v>
+      </c>
+      <c r="C93" t="s">
+        <v>936</v>
+      </c>
+      <c r="D93" t="s">
+        <v>7</v>
+      </c>
+      <c r="E93" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A94" t="s">
+        <v>65</v>
+      </c>
+      <c r="B94" t="s">
+        <v>336</v>
+      </c>
+      <c r="C94" t="s">
+        <v>751</v>
+      </c>
+      <c r="D94" t="s">
+        <v>7</v>
+      </c>
+      <c r="E94" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A95" t="s">
+        <v>65</v>
+      </c>
+      <c r="B95" t="s">
+        <v>483</v>
+      </c>
+      <c r="C95" t="s">
+        <v>752</v>
+      </c>
+      <c r="D95" t="s">
+        <v>7</v>
+      </c>
+      <c r="E95" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A96" t="s">
+        <v>65</v>
+      </c>
+      <c r="B96" t="s">
+        <v>484</v>
+      </c>
+      <c r="C96" t="s">
+        <v>753</v>
+      </c>
+      <c r="D96" t="s">
+        <v>7</v>
+      </c>
+      <c r="E96" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A97" t="s">
+        <v>65</v>
+      </c>
+      <c r="B97" t="s">
+        <v>547</v>
+      </c>
+      <c r="C97" t="s">
+        <v>754</v>
+      </c>
+      <c r="D97" t="s">
+        <v>7</v>
+      </c>
+      <c r="E97" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A98" t="s">
+        <v>5</v>
+      </c>
+      <c r="B98" t="s">
         <v>6</v>
       </c>
-      <c r="E8" t="s">
-[...38 lines deleted...]
-      <c r="A11" t="s">
+      <c r="C98" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D98" t="s">
+        <v>7</v>
+      </c>
+      <c r="E98" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A99" t="s">
+        <v>5</v>
+      </c>
+      <c r="B99" t="s">
+        <v>623</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A100" t="s">
+        <v>5</v>
+      </c>
+      <c r="B100" t="s">
+        <v>26</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D100" t="s">
+        <v>7</v>
+      </c>
+      <c r="E100" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A101" t="s">
+        <v>5</v>
+      </c>
+      <c r="B101" t="s">
+        <v>624</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D101" t="s">
+        <v>7</v>
+      </c>
+      <c r="E101" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A102" t="s">
+        <v>5</v>
+      </c>
+      <c r="B102" t="s">
+        <v>625</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D102" t="s">
+        <v>7</v>
+      </c>
+      <c r="E102" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A103" t="s">
+        <v>5</v>
+      </c>
+      <c r="B103" t="s">
+        <v>626</v>
+      </c>
+      <c r="C103" t="s">
+        <v>828</v>
+      </c>
+      <c r="D103" t="s">
+        <v>25</v>
+      </c>
+      <c r="E103" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A104" t="s">
+        <v>5</v>
+      </c>
+      <c r="B104" t="s">
+        <v>27</v>
+      </c>
+      <c r="C104" t="s">
+        <v>769</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A105" t="s">
+        <v>5</v>
+      </c>
+      <c r="B105" t="s">
+        <v>28</v>
+      </c>
+      <c r="C105" t="s">
+        <v>829</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A106" t="s">
+        <v>5</v>
+      </c>
+      <c r="B106" t="s">
+        <v>627</v>
+      </c>
+      <c r="C106" t="s">
+        <v>830</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A107" t="s">
+        <v>5</v>
+      </c>
+      <c r="B107" t="s">
+        <v>29</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D107" t="s">
+        <v>7</v>
+      </c>
+      <c r="E107" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A108" t="s">
+        <v>5</v>
+      </c>
+      <c r="B108" t="s">
+        <v>30</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A109" t="s">
+        <v>5</v>
+      </c>
+      <c r="B109" t="s">
+        <v>628</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D109" t="s">
+        <v>7</v>
+      </c>
+      <c r="E109" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A110" t="s">
+        <v>5</v>
+      </c>
+      <c r="B110" t="s">
+        <v>34</v>
+      </c>
+      <c r="C110" t="s">
+        <v>831</v>
+      </c>
+      <c r="D110" t="s">
+        <v>7</v>
+      </c>
+      <c r="E110" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A111" t="s">
+        <v>5</v>
+      </c>
+      <c r="B111" t="s">
+        <v>54</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D111" t="s">
+        <v>7</v>
+      </c>
+      <c r="E111" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A112" t="s">
+        <v>5</v>
+      </c>
+      <c r="B112" t="s">
+        <v>59</v>
+      </c>
+      <c r="C112" t="s">
+        <v>832</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A113" t="s">
+        <v>5</v>
+      </c>
+      <c r="B113" t="s">
+        <v>629</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A114" t="s">
+        <v>5</v>
+      </c>
+      <c r="B114" t="s">
+        <v>64</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D114" t="s">
+        <v>7</v>
+      </c>
+      <c r="E114" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A115" t="s">
+        <v>5</v>
+      </c>
+      <c r="B115" t="s">
+        <v>69</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D115" t="s">
+        <v>7</v>
+      </c>
+      <c r="E115" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A116" t="s">
+        <v>5</v>
+      </c>
+      <c r="B116" t="s">
+        <v>630</v>
+      </c>
+      <c r="C116" t="s">
+        <v>833</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A117" t="s">
+        <v>5</v>
+      </c>
+      <c r="B117" t="s">
+        <v>631</v>
+      </c>
+      <c r="C117" t="s">
+        <v>834</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A118" t="s">
+        <v>5</v>
+      </c>
+      <c r="B118" t="s">
+        <v>70</v>
+      </c>
+      <c r="C118" t="s">
+        <v>835</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A119" t="s">
+        <v>5</v>
+      </c>
+      <c r="B119" t="s">
+        <v>71</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A120" t="s">
+        <v>5</v>
+      </c>
+      <c r="B120" t="s">
+        <v>632</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A121" t="s">
+        <v>5</v>
+      </c>
+      <c r="B121" t="s">
+        <v>72</v>
+      </c>
+      <c r="C121" t="s">
+        <v>836</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A122" t="s">
+        <v>5</v>
+      </c>
+      <c r="B122" t="s">
+        <v>73</v>
+      </c>
+      <c r="C122" t="s">
+        <v>837</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A123" t="s">
+        <v>5</v>
+      </c>
+      <c r="B123" t="s">
+        <v>74</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A124" t="s">
+        <v>5</v>
+      </c>
+      <c r="B124" t="s">
+        <v>75</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A125" t="s">
+        <v>5</v>
+      </c>
+      <c r="B125" t="s">
+        <v>76</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D125" t="s">
+        <v>7</v>
+      </c>
+      <c r="E125" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A126" t="s">
+        <v>5</v>
+      </c>
+      <c r="B126" t="s">
+        <v>77</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D126" t="s">
+        <v>7</v>
+      </c>
+      <c r="E126" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A127" t="s">
+        <v>5</v>
+      </c>
+      <c r="B127" t="s">
+        <v>78</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D127" t="s">
+        <v>7</v>
+      </c>
+      <c r="E127" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A128" t="s">
+        <v>5</v>
+      </c>
+      <c r="B128" t="s">
+        <v>83</v>
+      </c>
+      <c r="C128" t="s">
+        <v>838</v>
+      </c>
+      <c r="D128" t="s">
+        <v>25</v>
+      </c>
+      <c r="E128" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A129" t="s">
+        <v>5</v>
+      </c>
+      <c r="B129" t="s">
+        <v>90</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A130" t="s">
+        <v>5</v>
+      </c>
+      <c r="B130" t="s">
+        <v>94</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A131" t="s">
+        <v>5</v>
+      </c>
+      <c r="B131" t="s">
+        <v>739</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A132" t="s">
+        <v>5</v>
+      </c>
+      <c r="B132" t="s">
+        <v>740</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A133" t="s">
+        <v>5</v>
+      </c>
+      <c r="B133" t="s">
+        <v>171</v>
+      </c>
+      <c r="C133" t="s">
+        <v>839</v>
+      </c>
+      <c r="D133" t="s">
+        <v>7</v>
+      </c>
+      <c r="E133" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A134" t="s">
+        <v>5</v>
+      </c>
+      <c r="B134" t="s">
+        <v>741</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D134" t="s">
+        <v>7</v>
+      </c>
+      <c r="E134" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A135" t="s">
+        <v>5</v>
+      </c>
+      <c r="B135" t="s">
+        <v>103</v>
+      </c>
+      <c r="C135" t="s">
+        <v>770</v>
+      </c>
+      <c r="D135" t="s">
+        <v>25</v>
+      </c>
+      <c r="E135" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A136" t="s">
+        <v>5</v>
+      </c>
+      <c r="B136" t="s">
+        <v>104</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A137" t="s">
+        <v>5</v>
+      </c>
+      <c r="B137" t="s">
+        <v>105</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A138" t="s">
+        <v>5</v>
+      </c>
+      <c r="B138" t="s">
+        <v>742</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A139" t="s">
+        <v>5</v>
+      </c>
+      <c r="B139" t="s">
+        <v>106</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A140" t="s">
+        <v>5</v>
+      </c>
+      <c r="B140" t="s">
+        <v>276</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A141" t="s">
+        <v>5</v>
+      </c>
+      <c r="B141" t="s">
+        <v>107</v>
+      </c>
+      <c r="C141" t="s">
+        <v>840</v>
+      </c>
+      <c r="D141" t="s">
+        <v>7</v>
+      </c>
+      <c r="E141" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A142" t="s">
+        <v>5</v>
+      </c>
+      <c r="B142" t="s">
+        <v>113</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A143" t="s">
+        <v>5</v>
+      </c>
+      <c r="B143" t="s">
+        <v>114</v>
+      </c>
+      <c r="C143" t="s">
+        <v>771</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A144" t="s">
+        <v>5</v>
+      </c>
+      <c r="B144" t="s">
+        <v>114</v>
+      </c>
+      <c r="C144" t="s">
+        <v>772</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A145" t="s">
+        <v>5</v>
+      </c>
+      <c r="B145" t="s">
+        <v>115</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D145" t="s">
+        <v>7</v>
+      </c>
+      <c r="E145" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A146" t="s">
+        <v>5</v>
+      </c>
+      <c r="B146" t="s">
+        <v>372</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D146" t="s">
+        <v>7</v>
+      </c>
+      <c r="E146" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A147" t="s">
+        <v>5</v>
+      </c>
+      <c r="B147" t="s">
+        <v>120</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A148" t="s">
+        <v>5</v>
+      </c>
+      <c r="B148" t="s">
+        <v>419</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D148" t="s">
+        <v>7</v>
+      </c>
+      <c r="E148" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A149" t="s">
+        <v>5</v>
+      </c>
+      <c r="B149" t="s">
+        <v>122</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A150" t="s">
+        <v>5</v>
+      </c>
+      <c r="B150" t="s">
+        <v>123</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A151" t="s">
+        <v>5</v>
+      </c>
+      <c r="B151" t="s">
+        <v>124</v>
+      </c>
+      <c r="C151" t="s">
+        <v>773</v>
+      </c>
+      <c r="D151" t="s">
+        <v>7</v>
+      </c>
+      <c r="E151" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A152" t="s">
+        <v>5</v>
+      </c>
+      <c r="B152" t="s">
+        <v>125</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A153" t="s">
+        <v>5</v>
+      </c>
+      <c r="B153" t="s">
+        <v>126</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A154" t="s">
+        <v>5</v>
+      </c>
+      <c r="B154" t="s">
+        <v>129</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A155" t="s">
+        <v>5</v>
+      </c>
+      <c r="B155" t="s">
+        <v>130</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A156" t="s">
+        <v>5</v>
+      </c>
+      <c r="B156" t="s">
+        <v>131</v>
+      </c>
+      <c r="C156" t="s">
+        <v>774</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A157" t="s">
+        <v>5</v>
+      </c>
+      <c r="B157" t="s">
+        <v>132</v>
+      </c>
+      <c r="C157" t="s">
+        <v>775</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A158" t="s">
+        <v>5</v>
+      </c>
+      <c r="B158" t="s">
+        <v>133</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A159" t="s">
+        <v>5</v>
+      </c>
+      <c r="B159" t="s">
+        <v>140</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A160" t="s">
+        <v>5</v>
+      </c>
+      <c r="B160" t="s">
+        <v>141</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A161" t="s">
+        <v>5</v>
+      </c>
+      <c r="B161" t="s">
+        <v>743</v>
+      </c>
+      <c r="C161" t="s">
+        <v>841</v>
+      </c>
+      <c r="D161" t="s">
+        <v>25</v>
+      </c>
+      <c r="E161" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A162" t="s">
+        <v>5</v>
+      </c>
+      <c r="B162" t="s">
+        <v>143</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A163" t="s">
+        <v>5</v>
+      </c>
+      <c r="B163" t="s">
+        <v>144</v>
+      </c>
+      <c r="C163" t="s">
+        <v>776</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A164" t="s">
+        <v>5</v>
+      </c>
+      <c r="B164" t="s">
+        <v>145</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A165" t="s">
+        <v>5</v>
+      </c>
+      <c r="B165" t="s">
+        <v>147</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D165" t="s">
+        <v>7</v>
+      </c>
+      <c r="E165" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A166" t="s">
+        <v>5</v>
+      </c>
+      <c r="B166" t="s">
+        <v>148</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D166" t="s">
+        <v>7</v>
+      </c>
+      <c r="E166" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A167" t="s">
+        <v>5</v>
+      </c>
+      <c r="B167" t="s">
+        <v>152</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A168" t="s">
+        <v>5</v>
+      </c>
+      <c r="B168" t="s">
+        <v>153</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A169" t="s">
+        <v>5</v>
+      </c>
+      <c r="B169" t="s">
+        <v>154</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D169" t="s">
+        <v>7</v>
+      </c>
+      <c r="E169" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A170" t="s">
+        <v>5</v>
+      </c>
+      <c r="B170" t="s">
+        <v>633</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D170" t="s">
+        <v>7</v>
+      </c>
+      <c r="E170" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A171" t="s">
+        <v>5</v>
+      </c>
+      <c r="B171" t="s">
+        <v>159</v>
+      </c>
+      <c r="C171" t="s">
+        <v>777</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A172" t="s">
+        <v>5</v>
+      </c>
+      <c r="B172" t="s">
+        <v>169</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D172" t="s">
+        <v>7</v>
+      </c>
+      <c r="E172" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A173" t="s">
+        <v>5</v>
+      </c>
+      <c r="B173" t="s">
+        <v>172</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D173" t="s">
+        <v>25</v>
+      </c>
+      <c r="E173" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A174" t="s">
+        <v>5</v>
+      </c>
+      <c r="B174" t="s">
+        <v>173</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D174" t="s">
+        <v>25</v>
+      </c>
+      <c r="E174" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A175" t="s">
+        <v>5</v>
+      </c>
+      <c r="B175" t="s">
+        <v>634</v>
+      </c>
+      <c r="C175" t="s">
+        <v>778</v>
+      </c>
+      <c r="D175" t="s">
+        <v>7</v>
+      </c>
+      <c r="E175" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A176" t="s">
+        <v>5</v>
+      </c>
+      <c r="B176" t="s">
+        <v>635</v>
+      </c>
+      <c r="C176" t="s">
+        <v>779</v>
+      </c>
+      <c r="D176" t="s">
+        <v>7</v>
+      </c>
+      <c r="E176" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A177" t="s">
+        <v>5</v>
+      </c>
+      <c r="B177" t="s">
+        <v>174</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D177" t="s">
+        <v>25</v>
+      </c>
+      <c r="E177" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A178" t="s">
+        <v>5</v>
+      </c>
+      <c r="B178" t="s">
+        <v>175</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D178" t="s">
+        <v>7</v>
+      </c>
+      <c r="E178" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A179" t="s">
+        <v>5</v>
+      </c>
+      <c r="B179" t="s">
+        <v>636</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D179" t="s">
+        <v>7</v>
+      </c>
+      <c r="E179" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A180" t="s">
+        <v>5</v>
+      </c>
+      <c r="B180" t="s">
+        <v>176</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D180" t="s">
+        <v>25</v>
+      </c>
+      <c r="E180" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A181" t="s">
+        <v>5</v>
+      </c>
+      <c r="B181" t="s">
+        <v>177</v>
+      </c>
+      <c r="C181" t="s">
+        <v>842</v>
+      </c>
+      <c r="D181" t="s">
+        <v>7</v>
+      </c>
+      <c r="E181" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A182" t="s">
+        <v>5</v>
+      </c>
+      <c r="B182" t="s">
+        <v>178</v>
+      </c>
+      <c r="C182" t="s">
+        <v>843</v>
+      </c>
+      <c r="D182" t="s">
+        <v>25</v>
+      </c>
+      <c r="E182" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A183" t="s">
+        <v>5</v>
+      </c>
+      <c r="B183" t="s">
+        <v>180</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D183" t="s">
+        <v>7</v>
+      </c>
+      <c r="E183" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A184" t="s">
+        <v>5</v>
+      </c>
+      <c r="B184" t="s">
+        <v>191</v>
+      </c>
+      <c r="C184" t="s">
+        <v>844</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A185" t="s">
+        <v>5</v>
+      </c>
+      <c r="B185" t="s">
+        <v>637</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A186" t="s">
+        <v>5</v>
+      </c>
+      <c r="B186" t="s">
+        <v>192</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D186" t="s">
+        <v>7</v>
+      </c>
+      <c r="E186" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A187" t="s">
+        <v>5</v>
+      </c>
+      <c r="B187" t="s">
+        <v>195</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A188" t="s">
+        <v>5</v>
+      </c>
+      <c r="B188" t="s">
+        <v>196</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A189" t="s">
+        <v>5</v>
+      </c>
+      <c r="B189" t="s">
+        <v>197</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A190" t="s">
+        <v>5</v>
+      </c>
+      <c r="B190" t="s">
+        <v>638</v>
+      </c>
+      <c r="C190" t="s">
+        <v>845</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A191" t="s">
+        <v>5</v>
+      </c>
+      <c r="B191" t="s">
+        <v>198</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D191" t="s">
+        <v>25</v>
+      </c>
+      <c r="E191" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A192" t="s">
+        <v>5</v>
+      </c>
+      <c r="B192" t="s">
+        <v>199</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D192" t="s">
+        <v>7</v>
+      </c>
+      <c r="E192" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A193" t="s">
+        <v>5</v>
+      </c>
+      <c r="B193" t="s">
+        <v>639</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A194" t="s">
+        <v>5</v>
+      </c>
+      <c r="B194" t="s">
+        <v>200</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A195" t="s">
+        <v>5</v>
+      </c>
+      <c r="B195" t="s">
+        <v>640</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D195" t="s">
+        <v>7</v>
+      </c>
+      <c r="E195" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A196" t="s">
+        <v>5</v>
+      </c>
+      <c r="B196" t="s">
+        <v>201</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A197" t="s">
+        <v>5</v>
+      </c>
+      <c r="B197" t="s">
+        <v>202</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D197" t="s">
+        <v>25</v>
+      </c>
+      <c r="E197" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A198" t="s">
+        <v>5</v>
+      </c>
+      <c r="B198" t="s">
+        <v>641</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A199" t="s">
+        <v>5</v>
+      </c>
+      <c r="B199" t="s">
+        <v>642</v>
+      </c>
+      <c r="C199" t="s">
+        <v>846</v>
+      </c>
+      <c r="D199" t="s">
+        <v>7</v>
+      </c>
+      <c r="E199" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A200" t="s">
+        <v>5</v>
+      </c>
+      <c r="B200" t="s">
+        <v>203</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A201" t="s">
+        <v>5</v>
+      </c>
+      <c r="B201" t="s">
+        <v>204</v>
+      </c>
+      <c r="C201" t="s">
+        <v>847</v>
+      </c>
+      <c r="D201" t="s">
+        <v>25</v>
+      </c>
+      <c r="E201" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A202" t="s">
+        <v>5</v>
+      </c>
+      <c r="B202" t="s">
+        <v>643</v>
+      </c>
+      <c r="C202" t="s">
+        <v>848</v>
+      </c>
+      <c r="D202" t="s">
+        <v>25</v>
+      </c>
+      <c r="E202" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A203" t="s">
+        <v>5</v>
+      </c>
+      <c r="B203" t="s">
+        <v>205</v>
+      </c>
+      <c r="C203" t="s">
+        <v>849</v>
+      </c>
+      <c r="D203" t="s">
+        <v>25</v>
+      </c>
+      <c r="E203" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A204" t="s">
+        <v>5</v>
+      </c>
+      <c r="B204" t="s">
+        <v>206</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A205" t="s">
+        <v>5</v>
+      </c>
+      <c r="B205" t="s">
+        <v>206</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A206" t="s">
+        <v>5</v>
+      </c>
+      <c r="B206" t="s">
+        <v>644</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D206" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" t="s">
         <v>16</v>
       </c>
-      <c r="B11" t="s">
-[...33 lines deleted...]
-      <c r="B13" t="s">
+    </row>
+    <row r="207" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A207" t="s">
+        <v>5</v>
+      </c>
+      <c r="B207" t="s">
+        <v>207</v>
+      </c>
+      <c r="C207" t="s">
+        <v>850</v>
+      </c>
+      <c r="D207" t="s">
+        <v>7</v>
+      </c>
+      <c r="E207" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A208" t="s">
+        <v>5</v>
+      </c>
+      <c r="B208" t="s">
+        <v>208</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A209" t="s">
+        <v>5</v>
+      </c>
+      <c r="B209" t="s">
+        <v>645</v>
+      </c>
+      <c r="C209" t="s">
+        <v>851</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A210" t="s">
+        <v>5</v>
+      </c>
+      <c r="B210" t="s">
+        <v>209</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A211" t="s">
+        <v>5</v>
+      </c>
+      <c r="B211" t="s">
+        <v>210</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D211" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A212" t="s">
+        <v>5</v>
+      </c>
+      <c r="B212" t="s">
+        <v>211</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D212" t="s">
+        <v>7</v>
+      </c>
+      <c r="E212" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A213" t="s">
+        <v>5</v>
+      </c>
+      <c r="B213" t="s">
+        <v>646</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A214" t="s">
+        <v>5</v>
+      </c>
+      <c r="B214" t="s">
+        <v>212</v>
+      </c>
+      <c r="C214" t="s">
+        <v>852</v>
+      </c>
+      <c r="D214" t="s">
+        <v>7</v>
+      </c>
+      <c r="E214" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A215" t="s">
+        <v>5</v>
+      </c>
+      <c r="B215" t="s">
+        <v>213</v>
+      </c>
+      <c r="C215" t="s">
+        <v>853</v>
+      </c>
+      <c r="D215" t="s">
+        <v>7</v>
+      </c>
+      <c r="E215" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A216" t="s">
+        <v>5</v>
+      </c>
+      <c r="B216" t="s">
+        <v>214</v>
+      </c>
+      <c r="C216" t="s">
+        <v>854</v>
+      </c>
+      <c r="D216" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A217" t="s">
+        <v>5</v>
+      </c>
+      <c r="B217" t="s">
+        <v>216</v>
+      </c>
+      <c r="C217" t="s">
+        <v>855</v>
+      </c>
+      <c r="D217" t="s">
+        <v>7</v>
+      </c>
+      <c r="E217" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A218" t="s">
+        <v>5</v>
+      </c>
+      <c r="B218" t="s">
+        <v>217</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D218" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A219" t="s">
+        <v>5</v>
+      </c>
+      <c r="B219" t="s">
+        <v>218</v>
+      </c>
+      <c r="C219" t="s">
+        <v>856</v>
+      </c>
+      <c r="D219" t="s">
+        <v>7</v>
+      </c>
+      <c r="E219" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A220" t="s">
+        <v>5</v>
+      </c>
+      <c r="B220" t="s">
+        <v>219</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D220" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A221" t="s">
+        <v>5</v>
+      </c>
+      <c r="B221" t="s">
+        <v>220</v>
+      </c>
+      <c r="C221" t="s">
+        <v>857</v>
+      </c>
+      <c r="D221" t="s">
         <v>25</v>
       </c>
-      <c r="C13" t="s">
-[...197 lines deleted...]
-      <c r="A25" t="s">
+      <c r="E221" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A222" t="s">
+        <v>5</v>
+      </c>
+      <c r="B222" t="s">
+        <v>647</v>
+      </c>
+      <c r="C222" t="s">
+        <v>858</v>
+      </c>
+      <c r="D222" t="s">
+        <v>7</v>
+      </c>
+      <c r="E222" t="s">
         <v>16</v>
       </c>
-      <c r="B25" t="s">
-[...217 lines deleted...]
-      <c r="A38" t="s">
+    </row>
+    <row r="223" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A223" t="s">
+        <v>5</v>
+      </c>
+      <c r="B223" t="s">
+        <v>221</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D223" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A224" t="s">
+        <v>5</v>
+      </c>
+      <c r="B224" t="s">
+        <v>222</v>
+      </c>
+      <c r="C224" t="s">
+        <v>859</v>
+      </c>
+      <c r="D224" t="s">
+        <v>7</v>
+      </c>
+      <c r="E224" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A225" t="s">
+        <v>5</v>
+      </c>
+      <c r="B225" t="s">
+        <v>223</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D225" t="s">
+        <v>25</v>
+      </c>
+      <c r="E225" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A226" t="s">
+        <v>5</v>
+      </c>
+      <c r="B226" t="s">
+        <v>224</v>
+      </c>
+      <c r="C226" t="s">
+        <v>860</v>
+      </c>
+      <c r="D226" t="s">
+        <v>7</v>
+      </c>
+      <c r="E226" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A227" t="s">
+        <v>5</v>
+      </c>
+      <c r="B227" t="s">
+        <v>225</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D227" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A228" t="s">
+        <v>5</v>
+      </c>
+      <c r="B228" t="s">
+        <v>648</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D228" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A229" t="s">
+        <v>5</v>
+      </c>
+      <c r="B229" t="s">
+        <v>228</v>
+      </c>
+      <c r="C229" t="s">
+        <v>780</v>
+      </c>
+      <c r="D229" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A230" t="s">
+        <v>5</v>
+      </c>
+      <c r="B230" t="s">
+        <v>229</v>
+      </c>
+      <c r="C230" t="s">
+        <v>781</v>
+      </c>
+      <c r="D230" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A231" t="s">
+        <v>5</v>
+      </c>
+      <c r="B231" t="s">
+        <v>230</v>
+      </c>
+      <c r="C231" t="s">
+        <v>782</v>
+      </c>
+      <c r="D231" t="s">
+        <v>7</v>
+      </c>
+      <c r="E231" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A232" t="s">
+        <v>5</v>
+      </c>
+      <c r="B232" t="s">
+        <v>231</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D232" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A233" t="s">
+        <v>5</v>
+      </c>
+      <c r="B233" t="s">
+        <v>649</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D233" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A234" t="s">
+        <v>5</v>
+      </c>
+      <c r="B234" t="s">
+        <v>232</v>
+      </c>
+      <c r="C234" t="s">
+        <v>861</v>
+      </c>
+      <c r="D234" t="s">
+        <v>25</v>
+      </c>
+      <c r="E234" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A235" t="s">
+        <v>5</v>
+      </c>
+      <c r="B235" t="s">
+        <v>233</v>
+      </c>
+      <c r="C235" t="s">
+        <v>862</v>
+      </c>
+      <c r="D235" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A236" t="s">
+        <v>5</v>
+      </c>
+      <c r="B236" t="s">
+        <v>234</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D236" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A237" t="s">
+        <v>5</v>
+      </c>
+      <c r="B237" t="s">
+        <v>235</v>
+      </c>
+      <c r="C237" t="s">
+        <v>863</v>
+      </c>
+      <c r="D237" t="s">
+        <v>7</v>
+      </c>
+      <c r="E237" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A238" t="s">
+        <v>5</v>
+      </c>
+      <c r="B238" t="s">
+        <v>650</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D238" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A239" t="s">
+        <v>5</v>
+      </c>
+      <c r="B239" t="s">
+        <v>242</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D239" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A240" t="s">
+        <v>5</v>
+      </c>
+      <c r="B240" t="s">
+        <v>243</v>
+      </c>
+      <c r="C240" t="s">
+        <v>864</v>
+      </c>
+      <c r="D240" t="s">
+        <v>7</v>
+      </c>
+      <c r="E240" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A241" t="s">
+        <v>5</v>
+      </c>
+      <c r="B241" t="s">
+        <v>243</v>
+      </c>
+      <c r="C241" t="s">
+        <v>864</v>
+      </c>
+      <c r="D241" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A242" t="s">
+        <v>5</v>
+      </c>
+      <c r="B242" t="s">
+        <v>244</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D242" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A243" t="s">
+        <v>5</v>
+      </c>
+      <c r="B243" t="s">
+        <v>651</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D243" t="s">
+        <v>7</v>
+      </c>
+      <c r="E243" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A244" t="s">
+        <v>5</v>
+      </c>
+      <c r="B244" t="s">
+        <v>652</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D244" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A245" t="s">
+        <v>5</v>
+      </c>
+      <c r="B245" t="s">
+        <v>245</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D245" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A246" t="s">
+        <v>5</v>
+      </c>
+      <c r="B246" t="s">
+        <v>246</v>
+      </c>
+      <c r="C246" t="s">
+        <v>865</v>
+      </c>
+      <c r="D246" t="s">
+        <v>7</v>
+      </c>
+      <c r="E246" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A247" t="s">
+        <v>5</v>
+      </c>
+      <c r="B247" t="s">
+        <v>247</v>
+      </c>
+      <c r="C247" t="s">
+        <v>866</v>
+      </c>
+      <c r="D247" t="s">
+        <v>7</v>
+      </c>
+      <c r="E247" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A248" t="s">
+        <v>5</v>
+      </c>
+      <c r="B248" t="s">
+        <v>248</v>
+      </c>
+      <c r="C248" t="s">
+        <v>867</v>
+      </c>
+      <c r="D248" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A249" t="s">
+        <v>5</v>
+      </c>
+      <c r="B249" t="s">
+        <v>249</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D249" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A250" t="s">
+        <v>5</v>
+      </c>
+      <c r="B250" t="s">
+        <v>250</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D250" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A251" t="s">
+        <v>5</v>
+      </c>
+      <c r="B251" t="s">
+        <v>251</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D251" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A252" t="s">
+        <v>5</v>
+      </c>
+      <c r="B252" t="s">
+        <v>252</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D252" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A253" t="s">
+        <v>5</v>
+      </c>
+      <c r="B253" t="s">
+        <v>253</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D253" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A254" t="s">
+        <v>5</v>
+      </c>
+      <c r="B254" t="s">
+        <v>254</v>
+      </c>
+      <c r="C254" t="s">
+        <v>868</v>
+      </c>
+      <c r="D254" t="s">
+        <v>7</v>
+      </c>
+      <c r="E254" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A255" t="s">
+        <v>5</v>
+      </c>
+      <c r="B255" t="s">
+        <v>255</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D255" t="s">
+        <v>25</v>
+      </c>
+      <c r="E255" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A256" t="s">
+        <v>5</v>
+      </c>
+      <c r="B256" t="s">
+        <v>256</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D256" t="s">
+        <v>7</v>
+      </c>
+      <c r="E256" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A257" t="s">
+        <v>5</v>
+      </c>
+      <c r="B257" t="s">
+        <v>257</v>
+      </c>
+      <c r="C257" t="s">
+        <v>869</v>
+      </c>
+      <c r="D257" t="s">
+        <v>7</v>
+      </c>
+      <c r="E257" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A258" t="s">
+        <v>5</v>
+      </c>
+      <c r="B258" t="s">
+        <v>258</v>
+      </c>
+      <c r="C258" t="s">
+        <v>783</v>
+      </c>
+      <c r="D258" t="s">
+        <v>25</v>
+      </c>
+      <c r="E258" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A259" t="s">
+        <v>5</v>
+      </c>
+      <c r="B259" t="s">
+        <v>653</v>
+      </c>
+      <c r="C259" t="s">
+        <v>870</v>
+      </c>
+      <c r="D259" t="s">
+        <v>7</v>
+      </c>
+      <c r="E259" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A260" t="s">
+        <v>5</v>
+      </c>
+      <c r="B260" t="s">
+        <v>259</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D260" t="s">
+        <v>25</v>
+      </c>
+      <c r="E260" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A261" t="s">
+        <v>5</v>
+      </c>
+      <c r="B261" t="s">
+        <v>260</v>
+      </c>
+      <c r="C261" t="s">
+        <v>784</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A262" t="s">
+        <v>5</v>
+      </c>
+      <c r="B262" t="s">
+        <v>261</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D262" t="s">
+        <v>7</v>
+      </c>
+      <c r="E262" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A263" t="s">
+        <v>5</v>
+      </c>
+      <c r="B263" t="s">
+        <v>262</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D263" t="s">
+        <v>7</v>
+      </c>
+      <c r="E263" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A264" t="s">
+        <v>5</v>
+      </c>
+      <c r="B264" t="s">
+        <v>263</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D264" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A265" t="s">
+        <v>5</v>
+      </c>
+      <c r="B265" t="s">
+        <v>264</v>
+      </c>
+      <c r="C265" t="s">
+        <v>871</v>
+      </c>
+      <c r="D265" t="s">
+        <v>7</v>
+      </c>
+      <c r="E265" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A266" t="s">
+        <v>5</v>
+      </c>
+      <c r="B266" t="s">
+        <v>265</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D266" t="s">
+        <v>7</v>
+      </c>
+      <c r="E266" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A267" t="s">
+        <v>5</v>
+      </c>
+      <c r="B267" t="s">
+        <v>266</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D267" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A268" t="s">
+        <v>5</v>
+      </c>
+      <c r="B268" t="s">
+        <v>267</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D268" t="s">
+        <v>7</v>
+      </c>
+      <c r="E268" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A269" t="s">
+        <v>5</v>
+      </c>
+      <c r="B269" t="s">
+        <v>268</v>
+      </c>
+      <c r="C269" t="s">
+        <v>872</v>
+      </c>
+      <c r="D269" t="s">
+        <v>7</v>
+      </c>
+      <c r="E269" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A270" t="s">
+        <v>5</v>
+      </c>
+      <c r="B270" t="s">
+        <v>269</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D270" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A271" t="s">
+        <v>5</v>
+      </c>
+      <c r="B271" t="s">
+        <v>270</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D271" t="s">
+        <v>25</v>
+      </c>
+      <c r="E271" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="272" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A272" t="s">
+        <v>5</v>
+      </c>
+      <c r="B272" t="s">
+        <v>271</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D272" t="s">
+        <v>7</v>
+      </c>
+      <c r="E272" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A273" t="s">
+        <v>5</v>
+      </c>
+      <c r="B273" t="s">
+        <v>272</v>
+      </c>
+      <c r="C273" t="s">
+        <v>785</v>
+      </c>
+      <c r="D273" t="s">
+        <v>7</v>
+      </c>
+      <c r="E273" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="274" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A274" t="s">
+        <v>5</v>
+      </c>
+      <c r="B274" t="s">
+        <v>273</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D274" t="s">
+        <v>25</v>
+      </c>
+      <c r="E274" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="275" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A275" t="s">
+        <v>5</v>
+      </c>
+      <c r="B275" t="s">
+        <v>274</v>
+      </c>
+      <c r="C275" t="s">
+        <v>873</v>
+      </c>
+      <c r="D275" t="s">
+        <v>7</v>
+      </c>
+      <c r="E275" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="276" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A276" t="s">
+        <v>5</v>
+      </c>
+      <c r="B276" t="s">
+        <v>275</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D276" t="s">
+        <v>13</v>
+      </c>
+      <c r="E276" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A277" t="s">
+        <v>5</v>
+      </c>
+      <c r="B277" t="s">
+        <v>277</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D277" t="s">
+        <v>13</v>
+      </c>
+      <c r="E277" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A278" t="s">
+        <v>5</v>
+      </c>
+      <c r="B278" t="s">
+        <v>278</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D278" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A279" t="s">
+        <v>5</v>
+      </c>
+      <c r="B279" t="s">
+        <v>279</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D279" t="s">
+        <v>7</v>
+      </c>
+      <c r="E279" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="280" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A280" t="s">
+        <v>5</v>
+      </c>
+      <c r="B280" t="s">
+        <v>280</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D280" t="s">
+        <v>7</v>
+      </c>
+      <c r="E280" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A281" t="s">
+        <v>5</v>
+      </c>
+      <c r="B281" t="s">
+        <v>281</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D281" t="s">
+        <v>7</v>
+      </c>
+      <c r="E281" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A282" t="s">
+        <v>5</v>
+      </c>
+      <c r="B282" t="s">
+        <v>282</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D282" t="s">
+        <v>25</v>
+      </c>
+      <c r="E282" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A283" t="s">
+        <v>5</v>
+      </c>
+      <c r="B283" t="s">
+        <v>283</v>
+      </c>
+      <c r="C283" t="s">
+        <v>874</v>
+      </c>
+      <c r="D283" t="s">
+        <v>25</v>
+      </c>
+      <c r="E283" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A284" t="s">
+        <v>5</v>
+      </c>
+      <c r="B284" t="s">
+        <v>284</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D284" t="s">
+        <v>7</v>
+      </c>
+      <c r="E284" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A285" t="s">
+        <v>5</v>
+      </c>
+      <c r="B285" t="s">
+        <v>285</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D285" t="s">
+        <v>7</v>
+      </c>
+      <c r="E285" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="286" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A286" t="s">
+        <v>5</v>
+      </c>
+      <c r="B286" t="s">
+        <v>286</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D286" t="s">
+        <v>25</v>
+      </c>
+      <c r="E286" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A287" t="s">
+        <v>5</v>
+      </c>
+      <c r="B287" t="s">
+        <v>292</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D287" t="s">
+        <v>13</v>
+      </c>
+      <c r="E287" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A288" t="s">
+        <v>5</v>
+      </c>
+      <c r="B288" t="s">
+        <v>293</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D288" t="s">
+        <v>13</v>
+      </c>
+      <c r="E288" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A289" t="s">
+        <v>5</v>
+      </c>
+      <c r="B289" t="s">
+        <v>294</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D289" t="s">
+        <v>7</v>
+      </c>
+      <c r="E289" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A290" t="s">
+        <v>5</v>
+      </c>
+      <c r="B290" t="s">
+        <v>295</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D290" t="s">
+        <v>7</v>
+      </c>
+      <c r="E290" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A291" t="s">
+        <v>5</v>
+      </c>
+      <c r="B291" t="s">
+        <v>296</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D291" t="s">
+        <v>7</v>
+      </c>
+      <c r="E291" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="292" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A292" t="s">
+        <v>5</v>
+      </c>
+      <c r="B292" t="s">
+        <v>297</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D292" t="s">
+        <v>25</v>
+      </c>
+      <c r="E292" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A293" t="s">
+        <v>5</v>
+      </c>
+      <c r="B293" t="s">
+        <v>108</v>
+      </c>
+      <c r="C293" t="s">
+        <v>875</v>
+      </c>
+      <c r="D293" t="s">
+        <v>13</v>
+      </c>
+      <c r="E293" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A294" t="s">
+        <v>5</v>
+      </c>
+      <c r="B294" t="s">
+        <v>654</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D294" t="s">
+        <v>13</v>
+      </c>
+      <c r="E294" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A295" t="s">
+        <v>5</v>
+      </c>
+      <c r="B295" t="s">
+        <v>308</v>
+      </c>
+      <c r="C295" t="s">
+        <v>876</v>
+      </c>
+      <c r="D295" t="s">
+        <v>13</v>
+      </c>
+      <c r="E295" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A296" t="s">
+        <v>5</v>
+      </c>
+      <c r="B296" t="s">
+        <v>309</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D296" t="s">
+        <v>13</v>
+      </c>
+      <c r="E296" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A297" t="s">
+        <v>5</v>
+      </c>
+      <c r="B297" t="s">
+        <v>310</v>
+      </c>
+      <c r="C297" t="s">
+        <v>877</v>
+      </c>
+      <c r="D297" t="s">
+        <v>13</v>
+      </c>
+      <c r="E297" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A298" t="s">
+        <v>5</v>
+      </c>
+      <c r="B298" t="s">
+        <v>311</v>
+      </c>
+      <c r="C298" t="s">
+        <v>878</v>
+      </c>
+      <c r="D298" t="s">
+        <v>7</v>
+      </c>
+      <c r="E298" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A299" t="s">
+        <v>5</v>
+      </c>
+      <c r="B299" t="s">
+        <v>313</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D299" t="s">
+        <v>13</v>
+      </c>
+      <c r="E299" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A300" t="s">
+        <v>5</v>
+      </c>
+      <c r="B300" t="s">
+        <v>314</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D300" t="s">
+        <v>7</v>
+      </c>
+      <c r="E300" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A301" t="s">
+        <v>5</v>
+      </c>
+      <c r="B301" t="s">
+        <v>655</v>
+      </c>
+      <c r="C301" t="s">
+        <v>786</v>
+      </c>
+      <c r="D301" t="s">
+        <v>13</v>
+      </c>
+      <c r="E301" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A302" t="s">
+        <v>5</v>
+      </c>
+      <c r="B302" t="s">
+        <v>321</v>
+      </c>
+      <c r="C302" t="s">
+        <v>787</v>
+      </c>
+      <c r="D302" t="s">
+        <v>7</v>
+      </c>
+      <c r="E302" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A303" t="s">
+        <v>5</v>
+      </c>
+      <c r="B303" t="s">
+        <v>322</v>
+      </c>
+      <c r="C303" t="s">
+        <v>788</v>
+      </c>
+      <c r="D303" t="s">
+        <v>25</v>
+      </c>
+      <c r="E303" t="s">
         <v>16</v>
       </c>
-      <c r="B38" t="s">
-[...67 lines deleted...]
-      <c r="B42" t="s">
+    </row>
+    <row r="304" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A304" t="s">
+        <v>5</v>
+      </c>
+      <c r="B304" t="s">
+        <v>324</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D304" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" t="s">
         <v>96</v>
       </c>
-      <c r="C42" t="s">
-[...1931 lines deleted...]
-      <c r="B156" t="s">
+    </row>
+    <row r="305" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A305" t="s">
+        <v>5</v>
+      </c>
+      <c r="B305" t="s">
         <v>326</v>
       </c>
-      <c r="C156" t="s">
-[...30 lines deleted...]
-      <c r="B158" t="s">
+      <c r="C305" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D305" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A306" t="s">
+        <v>5</v>
+      </c>
+      <c r="B306" t="s">
+        <v>656</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D306" t="s">
+        <v>25</v>
+      </c>
+      <c r="E306" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A307" t="s">
+        <v>5</v>
+      </c>
+      <c r="B307" t="s">
         <v>330</v>
       </c>
-      <c r="C158" t="s">
-[...200 lines deleted...]
-      <c r="B170" t="s">
+      <c r="C307" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D307" t="s">
+        <v>25</v>
+      </c>
+      <c r="E307" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A308" t="s">
+        <v>5</v>
+      </c>
+      <c r="B308" t="s">
+        <v>657</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D308" t="s">
+        <v>13</v>
+      </c>
+      <c r="E308" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A309" t="s">
+        <v>5</v>
+      </c>
+      <c r="B309" t="s">
+        <v>658</v>
+      </c>
+      <c r="C309" t="s">
+        <v>879</v>
+      </c>
+      <c r="D309" t="s">
+        <v>13</v>
+      </c>
+      <c r="E309" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A310" t="s">
+        <v>5</v>
+      </c>
+      <c r="B310" t="s">
         <v>353</v>
       </c>
-      <c r="C170" t="s">
+      <c r="C310" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D310" t="s">
+        <v>13</v>
+      </c>
+      <c r="E310" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A311" t="s">
+        <v>5</v>
+      </c>
+      <c r="B311" t="s">
         <v>354</v>
       </c>
-      <c r="D170" t="s">
-[...13 lines deleted...]
-      <c r="C171" t="s">
+      <c r="C311" t="s">
+        <v>880</v>
+      </c>
+      <c r="D311" t="s">
+        <v>7</v>
+      </c>
+      <c r="E311" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A312" t="s">
+        <v>5</v>
+      </c>
+      <c r="B312" t="s">
+        <v>659</v>
+      </c>
+      <c r="C312" t="s">
+        <v>789</v>
+      </c>
+      <c r="D312" t="s">
+        <v>7</v>
+      </c>
+      <c r="E312" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A313" t="s">
+        <v>5</v>
+      </c>
+      <c r="B313" t="s">
         <v>356</v>
       </c>
-      <c r="D171" t="s">
-[...10 lines deleted...]
-      <c r="B172" t="s">
+      <c r="C313" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D313" t="s">
+        <v>13</v>
+      </c>
+      <c r="E313" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A314" t="s">
+        <v>5</v>
+      </c>
+      <c r="B314" t="s">
         <v>357</v>
       </c>
-      <c r="C172" t="s">
+      <c r="C314" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D314" t="s">
+        <v>7</v>
+      </c>
+      <c r="E314" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A315" t="s">
+        <v>5</v>
+      </c>
+      <c r="B315" t="s">
+        <v>660</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D315" t="s">
+        <v>13</v>
+      </c>
+      <c r="E315" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A316" t="s">
+        <v>5</v>
+      </c>
+      <c r="B316" t="s">
         <v>358</v>
       </c>
-      <c r="D172" t="s">
-[...10 lines deleted...]
-      <c r="B173" t="s">
+      <c r="C316" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D316" t="s">
+        <v>13</v>
+      </c>
+      <c r="E316" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A317" t="s">
+        <v>5</v>
+      </c>
+      <c r="B317" t="s">
         <v>359</v>
       </c>
-      <c r="C173" t="s">
+      <c r="C317" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D317" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A318" t="s">
+        <v>5</v>
+      </c>
+      <c r="B318" t="s">
+        <v>661</v>
+      </c>
+      <c r="C318" t="s">
+        <v>790</v>
+      </c>
+      <c r="D318" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="319" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A319" t="s">
+        <v>5</v>
+      </c>
+      <c r="B319" t="s">
         <v>360</v>
       </c>
-      <c r="D173" t="s">
-[...10 lines deleted...]
-      <c r="B174" t="s">
+      <c r="C319" t="s">
+        <v>791</v>
+      </c>
+      <c r="D319" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A320" t="s">
+        <v>5</v>
+      </c>
+      <c r="B320" t="s">
         <v>361</v>
       </c>
-      <c r="C174" t="s">
+      <c r="C320" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D320" t="s">
+        <v>13</v>
+      </c>
+      <c r="E320" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A321" t="s">
+        <v>5</v>
+      </c>
+      <c r="B321" t="s">
         <v>362</v>
       </c>
-      <c r="D174" t="s">
-[...10 lines deleted...]
-      <c r="B175" t="s">
+      <c r="C321" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D321" t="s">
+        <v>7</v>
+      </c>
+      <c r="E321" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A322" t="s">
+        <v>5</v>
+      </c>
+      <c r="B322" t="s">
         <v>363</v>
       </c>
-      <c r="C175" t="s">
+      <c r="C322" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D322" t="s">
+        <v>7</v>
+      </c>
+      <c r="E322" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A323" t="s">
+        <v>5</v>
+      </c>
+      <c r="B323" t="s">
         <v>364</v>
       </c>
-      <c r="D175" t="s">
-[...10 lines deleted...]
-      <c r="B176" t="s">
+      <c r="C323" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D323" t="s">
+        <v>13</v>
+      </c>
+      <c r="E323" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A324" t="s">
+        <v>5</v>
+      </c>
+      <c r="B324" t="s">
+        <v>662</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D324" t="s">
+        <v>13</v>
+      </c>
+      <c r="E324" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A325" t="s">
+        <v>5</v>
+      </c>
+      <c r="B325" t="s">
         <v>365</v>
       </c>
-      <c r="C176" t="s">
+      <c r="C325" t="s">
+        <v>792</v>
+      </c>
+      <c r="D325" t="s">
+        <v>13</v>
+      </c>
+      <c r="E325" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A326" t="s">
+        <v>5</v>
+      </c>
+      <c r="B326" t="s">
+        <v>663</v>
+      </c>
+      <c r="C326" t="s">
+        <v>881</v>
+      </c>
+      <c r="D326" t="s">
+        <v>7</v>
+      </c>
+      <c r="E326" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A327" t="s">
+        <v>5</v>
+      </c>
+      <c r="B327" t="s">
         <v>366</v>
       </c>
-      <c r="D176" t="s">
-[...44 lines deleted...]
-      <c r="B179" t="s">
+      <c r="C327" t="s">
+        <v>793</v>
+      </c>
+      <c r="D327" t="s">
+        <v>25</v>
+      </c>
+      <c r="E327" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A328" t="s">
+        <v>5</v>
+      </c>
+      <c r="B328" t="s">
+        <v>664</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D328" t="s">
+        <v>13</v>
+      </c>
+      <c r="E328" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A329" t="s">
+        <v>5</v>
+      </c>
+      <c r="B329" t="s">
         <v>371</v>
       </c>
-      <c r="C179" t="s">
-[...13 lines deleted...]
-      <c r="B180" t="s">
+      <c r="C329" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D329" t="s">
+        <v>13</v>
+      </c>
+      <c r="E329" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A330" t="s">
+        <v>5</v>
+      </c>
+      <c r="B330" t="s">
+        <v>665</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D330" t="s">
+        <v>13</v>
+      </c>
+      <c r="E330" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A331" t="s">
+        <v>5</v>
+      </c>
+      <c r="B331" t="s">
         <v>373</v>
       </c>
-      <c r="C180" t="s">
+      <c r="C331" t="s">
+        <v>794</v>
+      </c>
+      <c r="D331" t="s">
+        <v>13</v>
+      </c>
+      <c r="E331" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A332" t="s">
+        <v>5</v>
+      </c>
+      <c r="B332" t="s">
+        <v>666</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D332" t="s">
+        <v>13</v>
+      </c>
+      <c r="E332" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A333" t="s">
+        <v>5</v>
+      </c>
+      <c r="B333" t="s">
+        <v>667</v>
+      </c>
+      <c r="C333" t="s">
+        <v>882</v>
+      </c>
+      <c r="D333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E333" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A334" t="s">
+        <v>5</v>
+      </c>
+      <c r="B334" t="s">
         <v>374</v>
       </c>
-      <c r="D180" t="s">
-[...10 lines deleted...]
-      <c r="B181" t="s">
+      <c r="C334" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D334" t="s">
+        <v>13</v>
+      </c>
+      <c r="E334" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A335" t="s">
+        <v>5</v>
+      </c>
+      <c r="B335" t="s">
         <v>375</v>
       </c>
-      <c r="C181" t="s">
-[...2616 lines deleted...]
-      </c>
       <c r="C335" t="s">
-        <v>667</v>
+        <v>795</v>
       </c>
       <c r="D335" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="336" spans="1:5">
+        <v>7</v>
+      </c>
+      <c r="E335" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A336" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="B336" t="s">
         <v>668</v>
       </c>
       <c r="C336" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D336" t="s">
+        <v>13</v>
+      </c>
+      <c r="E336" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A337" t="s">
+        <v>5</v>
+      </c>
+      <c r="B337" t="s">
+        <v>116</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D337" t="s">
+        <v>13</v>
+      </c>
+      <c r="E337" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A338" t="s">
+        <v>5</v>
+      </c>
+      <c r="B338" t="s">
+        <v>376</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D338" t="s">
+        <v>25</v>
+      </c>
+      <c r="E338" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A339" t="s">
+        <v>5</v>
+      </c>
+      <c r="B339" t="s">
+        <v>377</v>
+      </c>
+      <c r="C339" t="s">
+        <v>883</v>
+      </c>
+      <c r="D339" t="s">
+        <v>13</v>
+      </c>
+      <c r="E339" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A340" t="s">
+        <v>5</v>
+      </c>
+      <c r="B340" t="s">
+        <v>378</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D340" t="s">
+        <v>13</v>
+      </c>
+      <c r="E340" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A341" t="s">
+        <v>5</v>
+      </c>
+      <c r="B341" t="s">
+        <v>379</v>
+      </c>
+      <c r="C341" t="s">
+        <v>796</v>
+      </c>
+      <c r="D341" t="s">
+        <v>7</v>
+      </c>
+      <c r="E341" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A342" t="s">
+        <v>5</v>
+      </c>
+      <c r="B342" t="s">
+        <v>117</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D342" t="s">
+        <v>13</v>
+      </c>
+      <c r="E342" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A343" t="s">
+        <v>5</v>
+      </c>
+      <c r="B343" t="s">
         <v>669</v>
       </c>
-      <c r="D336" t="s">
+      <c r="C343" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D343" t="s">
+        <v>7</v>
+      </c>
+      <c r="E343" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A344" t="s">
+        <v>5</v>
+      </c>
+      <c r="B344" t="s">
+        <v>380</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D344" t="s">
+        <v>13</v>
+      </c>
+      <c r="E344" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A345" t="s">
+        <v>5</v>
+      </c>
+      <c r="B345" t="s">
+        <v>381</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D345" t="s">
+        <v>7</v>
+      </c>
+      <c r="E345" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A346" t="s">
+        <v>5</v>
+      </c>
+      <c r="B346" t="s">
+        <v>382</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D346" t="s">
+        <v>7</v>
+      </c>
+      <c r="E346" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A347" t="s">
+        <v>5</v>
+      </c>
+      <c r="B347" t="s">
+        <v>403</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D347" t="s">
+        <v>7</v>
+      </c>
+      <c r="E347" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A348" t="s">
+        <v>5</v>
+      </c>
+      <c r="B348" t="s">
+        <v>404</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D348" t="s">
+        <v>13</v>
+      </c>
+      <c r="E348" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A349" t="s">
+        <v>5</v>
+      </c>
+      <c r="B349" t="s">
+        <v>670</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D349" t="s">
+        <v>13</v>
+      </c>
+      <c r="E349" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A350" t="s">
+        <v>5</v>
+      </c>
+      <c r="B350" t="s">
+        <v>405</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D350" t="s">
+        <v>13</v>
+      </c>
+      <c r="E350" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A351" t="s">
+        <v>5</v>
+      </c>
+      <c r="B351" t="s">
+        <v>408</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D351" t="s">
+        <v>25</v>
+      </c>
+      <c r="E351" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A352" t="s">
+        <v>5</v>
+      </c>
+      <c r="B352" t="s">
+        <v>409</v>
+      </c>
+      <c r="C352" t="s">
+        <v>884</v>
+      </c>
+      <c r="D352" t="s">
+        <v>25</v>
+      </c>
+      <c r="E352" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A353" t="s">
+        <v>5</v>
+      </c>
+      <c r="B353" t="s">
+        <v>410</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D353" t="s">
+        <v>25</v>
+      </c>
+      <c r="E353" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A354" t="s">
+        <v>5</v>
+      </c>
+      <c r="B354" t="s">
+        <v>411</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D354" t="s">
+        <v>25</v>
+      </c>
+      <c r="E354" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A355" t="s">
+        <v>5</v>
+      </c>
+      <c r="B355" t="s">
+        <v>412</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D355" t="s">
+        <v>25</v>
+      </c>
+      <c r="E355" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A356" t="s">
+        <v>5</v>
+      </c>
+      <c r="B356" t="s">
+        <v>413</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D356" t="s">
+        <v>7</v>
+      </c>
+      <c r="E356" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A357" t="s">
+        <v>5</v>
+      </c>
+      <c r="B357" t="s">
+        <v>414</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D357" t="s">
+        <v>7</v>
+      </c>
+      <c r="E357" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A358" t="s">
+        <v>5</v>
+      </c>
+      <c r="B358" t="s">
+        <v>415</v>
+      </c>
+      <c r="C358" t="s">
+        <v>885</v>
+      </c>
+      <c r="D358" t="s">
+        <v>25</v>
+      </c>
+      <c r="E358" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A359" t="s">
+        <v>5</v>
+      </c>
+      <c r="B359" t="s">
+        <v>671</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D359" t="s">
+        <v>13</v>
+      </c>
+      <c r="E359" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A360" t="s">
+        <v>5</v>
+      </c>
+      <c r="B360" t="s">
+        <v>416</v>
+      </c>
+      <c r="C360" t="s">
+        <v>797</v>
+      </c>
+      <c r="D360" t="s">
+        <v>13</v>
+      </c>
+      <c r="E360" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A361" t="s">
+        <v>5</v>
+      </c>
+      <c r="B361" t="s">
+        <v>417</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D361" t="s">
+        <v>13</v>
+      </c>
+      <c r="E361" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A362" t="s">
+        <v>5</v>
+      </c>
+      <c r="B362" t="s">
+        <v>418</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D362" t="s">
+        <v>13</v>
+      </c>
+      <c r="E362" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A363" t="s">
+        <v>5</v>
+      </c>
+      <c r="B363" t="s">
+        <v>420</v>
+      </c>
+      <c r="C363" t="s">
+        <v>886</v>
+      </c>
+      <c r="D363" t="s">
+        <v>25</v>
+      </c>
+      <c r="E363" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A364" t="s">
+        <v>5</v>
+      </c>
+      <c r="B364" t="s">
+        <v>421</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D364" t="s">
+        <v>25</v>
+      </c>
+      <c r="E364" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A365" t="s">
+        <v>5</v>
+      </c>
+      <c r="B365" t="s">
+        <v>422</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D365" t="s">
+        <v>25</v>
+      </c>
+      <c r="E365" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A366" t="s">
+        <v>5</v>
+      </c>
+      <c r="B366" t="s">
+        <v>423</v>
+      </c>
+      <c r="C366" t="s">
+        <v>887</v>
+      </c>
+      <c r="D366" t="s">
+        <v>25</v>
+      </c>
+      <c r="E366" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A367" t="s">
+        <v>5</v>
+      </c>
+      <c r="B367" t="s">
+        <v>424</v>
+      </c>
+      <c r="C367" t="s">
+        <v>798</v>
+      </c>
+      <c r="D367" t="s">
+        <v>25</v>
+      </c>
+      <c r="E367" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A368" t="s">
+        <v>5</v>
+      </c>
+      <c r="B368" t="s">
+        <v>425</v>
+      </c>
+      <c r="C368" t="s">
+        <v>888</v>
+      </c>
+      <c r="D368" t="s">
+        <v>25</v>
+      </c>
+      <c r="E368" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A369" t="s">
+        <v>5</v>
+      </c>
+      <c r="B369" t="s">
+        <v>436</v>
+      </c>
+      <c r="C369" t="s">
+        <v>889</v>
+      </c>
+      <c r="D369" t="s">
+        <v>13</v>
+      </c>
+      <c r="E369" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A370" t="s">
+        <v>5</v>
+      </c>
+      <c r="B370" t="s">
+        <v>440</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D370" t="s">
+        <v>13</v>
+      </c>
+      <c r="E370" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A371" t="s">
+        <v>5</v>
+      </c>
+      <c r="B371" t="s">
+        <v>442</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D371" t="s">
+        <v>25</v>
+      </c>
+      <c r="E371" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A372" t="s">
+        <v>5</v>
+      </c>
+      <c r="B372" t="s">
+        <v>443</v>
+      </c>
+      <c r="C372" t="s">
+        <v>799</v>
+      </c>
+      <c r="D372" t="s">
+        <v>25</v>
+      </c>
+      <c r="E372" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A373" t="s">
+        <v>5</v>
+      </c>
+      <c r="B373" t="s">
+        <v>444</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D373" t="s">
+        <v>7</v>
+      </c>
+      <c r="E373" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A374" t="s">
+        <v>5</v>
+      </c>
+      <c r="B374" t="s">
+        <v>445</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D374" t="s">
+        <v>7</v>
+      </c>
+      <c r="E374" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A375" t="s">
+        <v>5</v>
+      </c>
+      <c r="B375" t="s">
+        <v>452</v>
+      </c>
+      <c r="C375" t="s">
+        <v>890</v>
+      </c>
+      <c r="D375" t="s">
+        <v>13</v>
+      </c>
+      <c r="E375" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A376" t="s">
+        <v>5</v>
+      </c>
+      <c r="B376" t="s">
+        <v>457</v>
+      </c>
+      <c r="C376" t="s">
+        <v>891</v>
+      </c>
+      <c r="D376" t="s">
+        <v>7</v>
+      </c>
+      <c r="E376" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A377" t="s">
+        <v>5</v>
+      </c>
+      <c r="B377" t="s">
+        <v>459</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D377" t="s">
+        <v>13</v>
+      </c>
+      <c r="E377" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A378" t="s">
+        <v>5</v>
+      </c>
+      <c r="B378" t="s">
+        <v>460</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D378" t="s">
+        <v>13</v>
+      </c>
+      <c r="E378" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A379" t="s">
+        <v>5</v>
+      </c>
+      <c r="B379" t="s">
+        <v>461</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D379" t="s">
+        <v>13</v>
+      </c>
+      <c r="E379" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A380" t="s">
+        <v>5</v>
+      </c>
+      <c r="B380" t="s">
+        <v>461</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D380" t="s">
+        <v>13</v>
+      </c>
+      <c r="E380" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A381" t="s">
+        <v>5</v>
+      </c>
+      <c r="B381" t="s">
+        <v>462</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D381" t="s">
+        <v>13</v>
+      </c>
+      <c r="E381" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A382" t="s">
+        <v>5</v>
+      </c>
+      <c r="B382" t="s">
+        <v>463</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D382" t="s">
+        <v>13</v>
+      </c>
+      <c r="E382" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A383" t="s">
+        <v>5</v>
+      </c>
+      <c r="B383" t="s">
+        <v>672</v>
+      </c>
+      <c r="C383" t="s">
+        <v>800</v>
+      </c>
+      <c r="D383" t="s">
+        <v>7</v>
+      </c>
+      <c r="E383" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A384" t="s">
+        <v>5</v>
+      </c>
+      <c r="B384" t="s">
+        <v>673</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D384" t="s">
+        <v>13</v>
+      </c>
+      <c r="E384" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A385" t="s">
+        <v>5</v>
+      </c>
+      <c r="B385" t="s">
+        <v>674</v>
+      </c>
+      <c r="C385" t="s">
+        <v>892</v>
+      </c>
+      <c r="D385" t="s">
+        <v>7</v>
+      </c>
+      <c r="E385" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A386" t="s">
+        <v>5</v>
+      </c>
+      <c r="B386" t="s">
+        <v>675</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D386" t="s">
+        <v>13</v>
+      </c>
+      <c r="E386" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A387" t="s">
+        <v>5</v>
+      </c>
+      <c r="B387" t="s">
+        <v>676</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D387" t="s">
+        <v>25</v>
+      </c>
+      <c r="E387" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A388" t="s">
+        <v>5</v>
+      </c>
+      <c r="B388" t="s">
+        <v>464</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D388" t="s">
+        <v>13</v>
+      </c>
+      <c r="E388" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A389" t="s">
+        <v>5</v>
+      </c>
+      <c r="B389" t="s">
+        <v>465</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D389" t="s">
+        <v>13</v>
+      </c>
+      <c r="E389" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A390" t="s">
+        <v>5</v>
+      </c>
+      <c r="B390" t="s">
+        <v>466</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D390" t="s">
+        <v>7</v>
+      </c>
+      <c r="E390" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A391" t="s">
+        <v>5</v>
+      </c>
+      <c r="B391" t="s">
+        <v>467</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D391" t="s">
+        <v>7</v>
+      </c>
+      <c r="E391" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A392" t="s">
+        <v>5</v>
+      </c>
+      <c r="B392" t="s">
+        <v>468</v>
+      </c>
+      <c r="C392" t="s">
+        <v>801</v>
+      </c>
+      <c r="D392" t="s">
+        <v>25</v>
+      </c>
+      <c r="E392" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A393" t="s">
+        <v>5</v>
+      </c>
+      <c r="B393" t="s">
+        <v>469</v>
+      </c>
+      <c r="C393" t="s">
+        <v>893</v>
+      </c>
+      <c r="D393" t="s">
+        <v>25</v>
+      </c>
+      <c r="E393" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A394" t="s">
+        <v>5</v>
+      </c>
+      <c r="B394" t="s">
+        <v>470</v>
+      </c>
+      <c r="C394" t="s">
+        <v>894</v>
+      </c>
+      <c r="D394" t="s">
+        <v>13</v>
+      </c>
+      <c r="E394" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A395" t="s">
+        <v>5</v>
+      </c>
+      <c r="B395" t="s">
+        <v>124</v>
+      </c>
+      <c r="C395" t="s">
+        <v>773</v>
+      </c>
+      <c r="D395" t="s">
+        <v>7</v>
+      </c>
+      <c r="E395" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A396" t="s">
+        <v>5</v>
+      </c>
+      <c r="B396" t="s">
+        <v>471</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D396" t="s">
+        <v>13</v>
+      </c>
+      <c r="E396" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A397" t="s">
+        <v>5</v>
+      </c>
+      <c r="B397" t="s">
+        <v>472</v>
+      </c>
+      <c r="C397" t="s">
+        <v>895</v>
+      </c>
+      <c r="D397" t="s">
+        <v>13</v>
+      </c>
+      <c r="E397" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A398" t="s">
+        <v>5</v>
+      </c>
+      <c r="B398" t="s">
+        <v>473</v>
+      </c>
+      <c r="C398" t="s">
+        <v>802</v>
+      </c>
+      <c r="D398" t="s">
+        <v>13</v>
+      </c>
+      <c r="E398" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A399" t="s">
+        <v>5</v>
+      </c>
+      <c r="B399" t="s">
+        <v>125</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D399" t="s">
+        <v>13</v>
+      </c>
+      <c r="E399" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A400" t="s">
+        <v>5</v>
+      </c>
+      <c r="B400" t="s">
+        <v>474</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D400" t="s">
+        <v>7</v>
+      </c>
+      <c r="E400" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A401" t="s">
+        <v>5</v>
+      </c>
+      <c r="B401" t="s">
+        <v>474</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D401" t="s">
+        <v>13</v>
+      </c>
+      <c r="E401" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A402" t="s">
+        <v>5</v>
+      </c>
+      <c r="B402" t="s">
+        <v>677</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D402" t="s">
+        <v>13</v>
+      </c>
+      <c r="E402" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A403" t="s">
+        <v>5</v>
+      </c>
+      <c r="B403" t="s">
+        <v>678</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D403" t="s">
+        <v>13</v>
+      </c>
+      <c r="E403" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A404" t="s">
+        <v>5</v>
+      </c>
+      <c r="B404" t="s">
+        <v>475</v>
+      </c>
+      <c r="C404" t="s">
+        <v>896</v>
+      </c>
+      <c r="D404" t="s">
+        <v>13</v>
+      </c>
+      <c r="E404" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A405" t="s">
+        <v>5</v>
+      </c>
+      <c r="B405" t="s">
+        <v>679</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D405" t="s">
+        <v>7</v>
+      </c>
+      <c r="E405" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A406" t="s">
+        <v>5</v>
+      </c>
+      <c r="B406" t="s">
+        <v>680</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D406" t="s">
+        <v>13</v>
+      </c>
+      <c r="E406" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A407" t="s">
+        <v>5</v>
+      </c>
+      <c r="B407" t="s">
+        <v>477</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D407" t="s">
+        <v>13</v>
+      </c>
+      <c r="E407" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A408" t="s">
+        <v>5</v>
+      </c>
+      <c r="B408" t="s">
+        <v>478</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D408" t="s">
+        <v>13</v>
+      </c>
+      <c r="E408" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A409" t="s">
+        <v>5</v>
+      </c>
+      <c r="B409" t="s">
+        <v>479</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D409" t="s">
+        <v>25</v>
+      </c>
+      <c r="E409" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A410" t="s">
+        <v>5</v>
+      </c>
+      <c r="B410" t="s">
+        <v>480</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D410" t="s">
+        <v>25</v>
+      </c>
+      <c r="E410" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A411" t="s">
+        <v>5</v>
+      </c>
+      <c r="B411" t="s">
+        <v>481</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D411" t="s">
+        <v>25</v>
+      </c>
+      <c r="E411" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A412" t="s">
+        <v>5</v>
+      </c>
+      <c r="B412" t="s">
+        <v>493</v>
+      </c>
+      <c r="C412" t="s">
+        <v>897</v>
+      </c>
+      <c r="D412" t="s">
+        <v>7</v>
+      </c>
+      <c r="E412" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A413" t="s">
+        <v>5</v>
+      </c>
+      <c r="B413" t="s">
+        <v>494</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D413" t="s">
+        <v>13</v>
+      </c>
+      <c r="E413" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A414" t="s">
+        <v>5</v>
+      </c>
+      <c r="B414" t="s">
+        <v>495</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D414" t="s">
+        <v>13</v>
+      </c>
+      <c r="E414" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A415" t="s">
+        <v>5</v>
+      </c>
+      <c r="B415" t="s">
+        <v>129</v>
+      </c>
+      <c r="C415" t="s">
+        <v>898</v>
+      </c>
+      <c r="D415" t="s">
+        <v>13</v>
+      </c>
+      <c r="E415" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A416" t="s">
+        <v>5</v>
+      </c>
+      <c r="B416" t="s">
+        <v>496</v>
+      </c>
+      <c r="C416" t="s">
+        <v>803</v>
+      </c>
+      <c r="D416" t="s">
+        <v>13</v>
+      </c>
+      <c r="E416" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A417" t="s">
+        <v>5</v>
+      </c>
+      <c r="B417" t="s">
+        <v>497</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D417" t="s">
+        <v>13</v>
+      </c>
+      <c r="E417" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A418" t="s">
+        <v>5</v>
+      </c>
+      <c r="B418" t="s">
+        <v>498</v>
+      </c>
+      <c r="C418" t="s">
+        <v>899</v>
+      </c>
+      <c r="D418" t="s">
+        <v>25</v>
+      </c>
+      <c r="E418" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A419" t="s">
+        <v>5</v>
+      </c>
+      <c r="B419" t="s">
+        <v>681</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D419" t="s">
+        <v>13</v>
+      </c>
+      <c r="E419" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A420" t="s">
+        <v>5</v>
+      </c>
+      <c r="B420" t="s">
+        <v>682</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D420" t="s">
+        <v>13</v>
+      </c>
+      <c r="E420" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A421" t="s">
+        <v>5</v>
+      </c>
+      <c r="B421" t="s">
+        <v>499</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D421" t="s">
+        <v>13</v>
+      </c>
+      <c r="E421" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A422" t="s">
+        <v>5</v>
+      </c>
+      <c r="B422" t="s">
+        <v>683</v>
+      </c>
+      <c r="C422" t="s">
+        <v>900</v>
+      </c>
+      <c r="D422" t="s">
+        <v>7</v>
+      </c>
+      <c r="E422" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A423" t="s">
+        <v>5</v>
+      </c>
+      <c r="B423" t="s">
+        <v>501</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D423" t="s">
+        <v>7</v>
+      </c>
+      <c r="E423" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A424" t="s">
+        <v>5</v>
+      </c>
+      <c r="B424" t="s">
+        <v>130</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D424" t="s">
+        <v>13</v>
+      </c>
+      <c r="E424" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A425" t="s">
+        <v>5</v>
+      </c>
+      <c r="B425" t="s">
+        <v>502</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D425" t="s">
+        <v>13</v>
+      </c>
+      <c r="E425" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A426" t="s">
+        <v>5</v>
+      </c>
+      <c r="B426" t="s">
+        <v>684</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D426" t="s">
+        <v>13</v>
+      </c>
+      <c r="E426" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A427" t="s">
+        <v>5</v>
+      </c>
+      <c r="B427" t="s">
+        <v>503</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D427" t="s">
+        <v>13</v>
+      </c>
+      <c r="E427" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A428" t="s">
+        <v>5</v>
+      </c>
+      <c r="B428" t="s">
+        <v>503</v>
+      </c>
+      <c r="C428" t="s">
+        <v>804</v>
+      </c>
+      <c r="D428" t="s">
+        <v>13</v>
+      </c>
+      <c r="E428" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A429" t="s">
+        <v>5</v>
+      </c>
+      <c r="B429" t="s">
+        <v>685</v>
+      </c>
+      <c r="C429" t="s">
+        <v>901</v>
+      </c>
+      <c r="D429" t="s">
+        <v>25</v>
+      </c>
+      <c r="E429" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A430" t="s">
+        <v>5</v>
+      </c>
+      <c r="B430" t="s">
+        <v>132</v>
+      </c>
+      <c r="C430" t="s">
+        <v>902</v>
+      </c>
+      <c r="D430" t="s">
+        <v>13</v>
+      </c>
+      <c r="E430" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A431" t="s">
+        <v>5</v>
+      </c>
+      <c r="B431" t="s">
+        <v>504</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D431" t="s">
+        <v>13</v>
+      </c>
+      <c r="E431" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A432" t="s">
+        <v>5</v>
+      </c>
+      <c r="B432" t="s">
+        <v>505</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D432" t="s">
+        <v>25</v>
+      </c>
+      <c r="E432" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A433" t="s">
+        <v>5</v>
+      </c>
+      <c r="B433" t="s">
+        <v>509</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D433" t="s">
+        <v>25</v>
+      </c>
+      <c r="E433" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A434" t="s">
+        <v>5</v>
+      </c>
+      <c r="B434" t="s">
+        <v>510</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D434" t="s">
+        <v>13</v>
+      </c>
+      <c r="E434" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A435" t="s">
+        <v>5</v>
+      </c>
+      <c r="B435" t="s">
+        <v>686</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D435" t="s">
+        <v>13</v>
+      </c>
+      <c r="E435" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A436" t="s">
+        <v>5</v>
+      </c>
+      <c r="B436" t="s">
+        <v>511</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D436" t="s">
+        <v>13</v>
+      </c>
+      <c r="E436" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A437" t="s">
+        <v>5</v>
+      </c>
+      <c r="B437" t="s">
+        <v>512</v>
+      </c>
+      <c r="C437" t="s">
+        <v>903</v>
+      </c>
+      <c r="D437" t="s">
+        <v>13</v>
+      </c>
+      <c r="E437" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A438" t="s">
+        <v>5</v>
+      </c>
+      <c r="B438" t="s">
+        <v>513</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D438" t="s">
+        <v>13</v>
+      </c>
+      <c r="E438" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A439" t="s">
+        <v>5</v>
+      </c>
+      <c r="B439" t="s">
+        <v>514</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D439" t="s">
+        <v>13</v>
+      </c>
+      <c r="E439" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A440" t="s">
+        <v>5</v>
+      </c>
+      <c r="B440" t="s">
+        <v>515</v>
+      </c>
+      <c r="C440" t="s">
+        <v>904</v>
+      </c>
+      <c r="D440" t="s">
+        <v>13</v>
+      </c>
+      <c r="E440" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A441" t="s">
+        <v>5</v>
+      </c>
+      <c r="B441" t="s">
+        <v>687</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D441" t="s">
+        <v>13</v>
+      </c>
+      <c r="E441" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A442" t="s">
+        <v>5</v>
+      </c>
+      <c r="B442" t="s">
+        <v>516</v>
+      </c>
+      <c r="C442" t="s">
+        <v>905</v>
+      </c>
+      <c r="D442" t="s">
+        <v>25</v>
+      </c>
+      <c r="E442" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A443" t="s">
+        <v>5</v>
+      </c>
+      <c r="B443" t="s">
+        <v>517</v>
+      </c>
+      <c r="C443" t="s">
+        <v>805</v>
+      </c>
+      <c r="D443" t="s">
+        <v>13</v>
+      </c>
+      <c r="E443" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A444" t="s">
+        <v>5</v>
+      </c>
+      <c r="B444" t="s">
+        <v>518</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D444" t="s">
+        <v>7</v>
+      </c>
+      <c r="E444" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A445" t="s">
+        <v>5</v>
+      </c>
+      <c r="B445" t="s">
+        <v>519</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D445" t="s">
+        <v>7</v>
+      </c>
+      <c r="E445" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A446" t="s">
+        <v>5</v>
+      </c>
+      <c r="B446" t="s">
+        <v>520</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D446" t="s">
+        <v>25</v>
+      </c>
+      <c r="E446" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A447" t="s">
+        <v>5</v>
+      </c>
+      <c r="B447" t="s">
+        <v>521</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D447" t="s">
+        <v>13</v>
+      </c>
+      <c r="E447" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A448" t="s">
+        <v>5</v>
+      </c>
+      <c r="B448" t="s">
+        <v>688</v>
+      </c>
+      <c r="C448" t="s">
+        <v>906</v>
+      </c>
+      <c r="D448" t="s">
+        <v>13</v>
+      </c>
+      <c r="E448" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A449" t="s">
+        <v>5</v>
+      </c>
+      <c r="B449" t="s">
+        <v>522</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D449" t="s">
+        <v>7</v>
+      </c>
+      <c r="E449" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A450" t="s">
+        <v>5</v>
+      </c>
+      <c r="B450" t="s">
+        <v>689</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D450" t="s">
+        <v>13</v>
+      </c>
+      <c r="E450" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A451" t="s">
+        <v>5</v>
+      </c>
+      <c r="B451" t="s">
+        <v>690</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D451" t="s">
+        <v>13</v>
+      </c>
+      <c r="E451" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A452" t="s">
+        <v>5</v>
+      </c>
+      <c r="B452" t="s">
+        <v>523</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D452" t="s">
+        <v>13</v>
+      </c>
+      <c r="E452" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A453" t="s">
+        <v>5</v>
+      </c>
+      <c r="B453" t="s">
+        <v>691</v>
+      </c>
+      <c r="C453" t="s">
+        <v>907</v>
+      </c>
+      <c r="D453" t="s">
+        <v>7</v>
+      </c>
+      <c r="E453" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A454" t="s">
+        <v>5</v>
+      </c>
+      <c r="B454" t="s">
+        <v>549</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D454" t="s">
+        <v>7</v>
+      </c>
+      <c r="E454" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A455" t="s">
+        <v>5</v>
+      </c>
+      <c r="B455" t="s">
+        <v>550</v>
+      </c>
+      <c r="C455" t="s">
+        <v>908</v>
+      </c>
+      <c r="D455" t="s">
+        <v>25</v>
+      </c>
+      <c r="E455" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A456" t="s">
+        <v>5</v>
+      </c>
+      <c r="B456" t="s">
+        <v>551</v>
+      </c>
+      <c r="C456" t="s">
+        <v>806</v>
+      </c>
+      <c r="D456" t="s">
+        <v>25</v>
+      </c>
+      <c r="E456" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A457" t="s">
+        <v>5</v>
+      </c>
+      <c r="B457" t="s">
+        <v>553</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D457" t="s">
+        <v>13</v>
+      </c>
+      <c r="E457" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A458" t="s">
+        <v>5</v>
+      </c>
+      <c r="B458" t="s">
+        <v>554</v>
+      </c>
+      <c r="C458" t="s">
+        <v>807</v>
+      </c>
+      <c r="D458" t="s">
+        <v>13</v>
+      </c>
+      <c r="E458" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A459" t="s">
+        <v>5</v>
+      </c>
+      <c r="B459" t="s">
+        <v>692</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D459" t="s">
+        <v>7</v>
+      </c>
+      <c r="E459" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A460" t="s">
+        <v>5</v>
+      </c>
+      <c r="B460" t="s">
+        <v>693</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D460" t="s">
+        <v>7</v>
+      </c>
+      <c r="E460" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A461" t="s">
+        <v>5</v>
+      </c>
+      <c r="B461" t="s">
+        <v>555</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D461" t="s">
+        <v>7</v>
+      </c>
+      <c r="E461" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A462" t="s">
+        <v>5</v>
+      </c>
+      <c r="B462" t="s">
+        <v>694</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D462" t="s">
+        <v>7</v>
+      </c>
+      <c r="E462" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A463" t="s">
+        <v>5</v>
+      </c>
+      <c r="B463" t="s">
+        <v>556</v>
+      </c>
+      <c r="C463" t="s">
+        <v>909</v>
+      </c>
+      <c r="D463" t="s">
+        <v>25</v>
+      </c>
+      <c r="E463" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A464" t="s">
+        <v>5</v>
+      </c>
+      <c r="B464" t="s">
+        <v>557</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D464" t="s">
+        <v>7</v>
+      </c>
+      <c r="E464" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A465" t="s">
+        <v>5</v>
+      </c>
+      <c r="B465" t="s">
+        <v>558</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D465" t="s">
+        <v>25</v>
+      </c>
+      <c r="E465" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A466" t="s">
+        <v>5</v>
+      </c>
+      <c r="B466" t="s">
+        <v>559</v>
+      </c>
+      <c r="C466" t="s">
+        <v>910</v>
+      </c>
+      <c r="D466" t="s">
+        <v>25</v>
+      </c>
+      <c r="E466" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A467" t="s">
+        <v>5</v>
+      </c>
+      <c r="B467" t="s">
+        <v>560</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D467" t="s">
+        <v>7</v>
+      </c>
+      <c r="E467" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A468" t="s">
+        <v>5</v>
+      </c>
+      <c r="B468" t="s">
+        <v>561</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D468" t="s">
+        <v>13</v>
+      </c>
+      <c r="E468" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A469" t="s">
+        <v>5</v>
+      </c>
+      <c r="B469" t="s">
+        <v>562</v>
+      </c>
+      <c r="C469" t="s">
+        <v>808</v>
+      </c>
+      <c r="D469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E469" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A470" t="s">
+        <v>5</v>
+      </c>
+      <c r="B470" t="s">
+        <v>563</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D470" t="s">
+        <v>25</v>
+      </c>
+      <c r="E470" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A471" t="s">
+        <v>5</v>
+      </c>
+      <c r="B471" t="s">
+        <v>695</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D471" t="s">
+        <v>13</v>
+      </c>
+      <c r="E471" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A472" t="s">
+        <v>5</v>
+      </c>
+      <c r="B472" t="s">
+        <v>564</v>
+      </c>
+      <c r="C472" t="s">
+        <v>911</v>
+      </c>
+      <c r="D472" t="s">
+        <v>25</v>
+      </c>
+      <c r="E472" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A473" t="s">
+        <v>5</v>
+      </c>
+      <c r="B473" t="s">
+        <v>566</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D473" t="s">
+        <v>13</v>
+      </c>
+      <c r="E473" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A474" t="s">
+        <v>5</v>
+      </c>
+      <c r="B474" t="s">
+        <v>696</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D474" t="s">
+        <v>13</v>
+      </c>
+      <c r="E474" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A475" t="s">
+        <v>5</v>
+      </c>
+      <c r="B475" t="s">
+        <v>567</v>
+      </c>
+      <c r="C475" t="s">
+        <v>809</v>
+      </c>
+      <c r="D475" t="s">
+        <v>13</v>
+      </c>
+      <c r="E475" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A476" t="s">
+        <v>5</v>
+      </c>
+      <c r="B476" t="s">
+        <v>697</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D476" t="s">
+        <v>13</v>
+      </c>
+      <c r="E476" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A477" t="s">
+        <v>5</v>
+      </c>
+      <c r="B477" t="s">
+        <v>568</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D477" t="s">
+        <v>13</v>
+      </c>
+      <c r="E477" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A478" t="s">
+        <v>5</v>
+      </c>
+      <c r="B478" t="s">
+        <v>569</v>
+      </c>
+      <c r="C478" t="s">
+        <v>912</v>
+      </c>
+      <c r="D478" t="s">
+        <v>13</v>
+      </c>
+      <c r="E478" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A479" t="s">
+        <v>5</v>
+      </c>
+      <c r="B479" t="s">
+        <v>698</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D479" t="s">
+        <v>7</v>
+      </c>
+      <c r="E479" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A480" t="s">
+        <v>5</v>
+      </c>
+      <c r="B480" t="s">
+        <v>570</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D480" t="s">
+        <v>13</v>
+      </c>
+      <c r="E480" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A481" t="s">
+        <v>5</v>
+      </c>
+      <c r="B481" t="s">
+        <v>571</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D481" t="s">
+        <v>7</v>
+      </c>
+      <c r="E481" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A482" t="s">
+        <v>5</v>
+      </c>
+      <c r="B482" t="s">
+        <v>572</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D482" t="s">
+        <v>13</v>
+      </c>
+      <c r="E482" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="483" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A483" t="s">
+        <v>5</v>
+      </c>
+      <c r="B483" t="s">
+        <v>699</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D483" t="s">
+        <v>25</v>
+      </c>
+      <c r="E483" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A484" t="s">
+        <v>5</v>
+      </c>
+      <c r="B484" t="s">
+        <v>573</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D484" t="s">
+        <v>13</v>
+      </c>
+      <c r="E484" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A485" t="s">
+        <v>5</v>
+      </c>
+      <c r="B485" t="s">
+        <v>574</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D485" t="s">
+        <v>13</v>
+      </c>
+      <c r="E485" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A486" t="s">
+        <v>5</v>
+      </c>
+      <c r="B486" t="s">
+        <v>575</v>
+      </c>
+      <c r="C486" t="s">
+        <v>913</v>
+      </c>
+      <c r="D486" t="s">
+        <v>7</v>
+      </c>
+      <c r="E486" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="487" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A487" t="s">
+        <v>5</v>
+      </c>
+      <c r="B487" t="s">
+        <v>576</v>
+      </c>
+      <c r="C487" t="s">
+        <v>914</v>
+      </c>
+      <c r="D487" t="s">
+        <v>7</v>
+      </c>
+      <c r="E487" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="488" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A488" t="s">
+        <v>5</v>
+      </c>
+      <c r="B488" t="s">
+        <v>577</v>
+      </c>
+      <c r="C488" t="s">
+        <v>915</v>
+      </c>
+      <c r="D488" t="s">
+        <v>7</v>
+      </c>
+      <c r="E488" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="489" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A489" t="s">
+        <v>5</v>
+      </c>
+      <c r="B489" t="s">
+        <v>578</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D489" t="s">
+        <v>7</v>
+      </c>
+      <c r="E489" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="490" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A490" t="s">
+        <v>5</v>
+      </c>
+      <c r="B490" t="s">
+        <v>578</v>
+      </c>
+      <c r="C490" t="s">
+        <v>810</v>
+      </c>
+      <c r="D490" t="s">
+        <v>7</v>
+      </c>
+      <c r="E490" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="491" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A491" t="s">
+        <v>5</v>
+      </c>
+      <c r="B491" t="s">
+        <v>578</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D491" t="s">
+        <v>7</v>
+      </c>
+      <c r="E491" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="492" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A492" t="s">
+        <v>5</v>
+      </c>
+      <c r="B492" t="s">
+        <v>579</v>
+      </c>
+      <c r="C492" t="s">
+        <v>811</v>
+      </c>
+      <c r="D492" t="s">
+        <v>13</v>
+      </c>
+      <c r="E492" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="493" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A493" t="s">
+        <v>5</v>
+      </c>
+      <c r="B493" t="s">
+        <v>142</v>
+      </c>
+      <c r="C493" t="s">
+        <v>916</v>
+      </c>
+      <c r="D493" t="s">
+        <v>13</v>
+      </c>
+      <c r="E493" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="494" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A494" t="s">
+        <v>5</v>
+      </c>
+      <c r="B494" t="s">
+        <v>580</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D494" t="s">
+        <v>13</v>
+      </c>
+      <c r="E494" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A495" t="s">
+        <v>5</v>
+      </c>
+      <c r="B495" t="s">
+        <v>700</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D495" t="s">
+        <v>13</v>
+      </c>
+      <c r="E495" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A496" t="s">
+        <v>5</v>
+      </c>
+      <c r="B496" t="s">
+        <v>581</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D496" t="s">
+        <v>13</v>
+      </c>
+      <c r="E496" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="497" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A497" t="s">
+        <v>5</v>
+      </c>
+      <c r="B497" t="s">
+        <v>582</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D497" t="s">
+        <v>13</v>
+      </c>
+      <c r="E497" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="498" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A498" t="s">
+        <v>5</v>
+      </c>
+      <c r="B498" t="s">
+        <v>585</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D498" t="s">
+        <v>7</v>
+      </c>
+      <c r="E498" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="499" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A499" t="s">
+        <v>5</v>
+      </c>
+      <c r="B499" t="s">
+        <v>586</v>
+      </c>
+      <c r="C499" t="s">
+        <v>917</v>
+      </c>
+      <c r="D499" t="s">
+        <v>7</v>
+      </c>
+      <c r="E499" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="500" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A500" t="s">
+        <v>5</v>
+      </c>
+      <c r="B500" t="s">
+        <v>701</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D500" t="s">
+        <v>7</v>
+      </c>
+      <c r="E500" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="501" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A501" t="s">
+        <v>5</v>
+      </c>
+      <c r="B501" t="s">
+        <v>588</v>
+      </c>
+      <c r="C501" t="s">
+        <v>918</v>
+      </c>
+      <c r="D501" t="s">
+        <v>7</v>
+      </c>
+      <c r="E501" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="502" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A502" t="s">
+        <v>5</v>
+      </c>
+      <c r="B502" t="s">
+        <v>589</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D502" t="s">
+        <v>13</v>
+      </c>
+      <c r="E502" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="503" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A503" t="s">
+        <v>5</v>
+      </c>
+      <c r="B503" t="s">
+        <v>590</v>
+      </c>
+      <c r="C503" t="s">
+        <v>919</v>
+      </c>
+      <c r="D503" t="s">
+        <v>7</v>
+      </c>
+      <c r="E503" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="504" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A504" t="s">
+        <v>5</v>
+      </c>
+      <c r="B504" t="s">
+        <v>591</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D504" t="s">
+        <v>7</v>
+      </c>
+      <c r="E504" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="505" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A505" t="s">
+        <v>5</v>
+      </c>
+      <c r="B505" t="s">
+        <v>592</v>
+      </c>
+      <c r="C505" t="s">
+        <v>812</v>
+      </c>
+      <c r="D505" t="s">
+        <v>7</v>
+      </c>
+      <c r="E505" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="506" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A506" t="s">
+        <v>5</v>
+      </c>
+      <c r="B506" t="s">
+        <v>593</v>
+      </c>
+      <c r="C506" t="s">
+        <v>920</v>
+      </c>
+      <c r="D506" t="s">
+        <v>7</v>
+      </c>
+      <c r="E506" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="507" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A507" t="s">
+        <v>5</v>
+      </c>
+      <c r="B507" t="s">
+        <v>594</v>
+      </c>
+      <c r="C507" t="s">
+        <v>921</v>
+      </c>
+      <c r="D507" t="s">
+        <v>7</v>
+      </c>
+      <c r="E507" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="508" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A508" t="s">
+        <v>5</v>
+      </c>
+      <c r="B508" t="s">
+        <v>595</v>
+      </c>
+      <c r="C508" t="s">
+        <v>922</v>
+      </c>
+      <c r="D508" t="s">
+        <v>7</v>
+      </c>
+      <c r="E508" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="509" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A509" t="s">
+        <v>5</v>
+      </c>
+      <c r="B509" t="s">
+        <v>702</v>
+      </c>
+      <c r="C509" t="s">
+        <v>923</v>
+      </c>
+      <c r="D509" t="s">
+        <v>7</v>
+      </c>
+      <c r="E509" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="510" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A510" t="s">
+        <v>5</v>
+      </c>
+      <c r="B510" t="s">
+        <v>596</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D510" t="s">
+        <v>13</v>
+      </c>
+      <c r="E510" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="511" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A511" t="s">
+        <v>5</v>
+      </c>
+      <c r="B511" t="s">
+        <v>703</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D511" t="s">
+        <v>13</v>
+      </c>
+      <c r="E511" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="512" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A512" t="s">
+        <v>5</v>
+      </c>
+      <c r="B512" t="s">
+        <v>704</v>
+      </c>
+      <c r="C512" t="s">
+        <v>924</v>
+      </c>
+      <c r="D512" t="s">
+        <v>13</v>
+      </c>
+      <c r="E512" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A513" t="s">
+        <v>5</v>
+      </c>
+      <c r="B513" t="s">
+        <v>597</v>
+      </c>
+      <c r="C513" t="s">
+        <v>925</v>
+      </c>
+      <c r="D513" t="s">
+        <v>7</v>
+      </c>
+      <c r="E513" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="514" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A514" t="s">
+        <v>5</v>
+      </c>
+      <c r="B514" t="s">
+        <v>705</v>
+      </c>
+      <c r="C514" t="s">
+        <v>813</v>
+      </c>
+      <c r="D514" t="s">
+        <v>7</v>
+      </c>
+      <c r="E514" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="515" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A515" t="s">
+        <v>5</v>
+      </c>
+      <c r="B515" t="s">
+        <v>598</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D515" t="s">
+        <v>13</v>
+      </c>
+      <c r="E515" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="516" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A516" t="s">
+        <v>5</v>
+      </c>
+      <c r="B516" t="s">
+        <v>599</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D516" t="s">
+        <v>13</v>
+      </c>
+      <c r="E516" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="517" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A517" t="s">
+        <v>5</v>
+      </c>
+      <c r="B517" t="s">
+        <v>600</v>
+      </c>
+      <c r="C517" t="s">
+        <v>814</v>
+      </c>
+      <c r="D517" t="s">
+        <v>7</v>
+      </c>
+      <c r="E517" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="518" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A518" t="s">
+        <v>5</v>
+      </c>
+      <c r="B518" t="s">
+        <v>706</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D518" t="s">
+        <v>13</v>
+      </c>
+      <c r="E518" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="519" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A519" t="s">
+        <v>5</v>
+      </c>
+      <c r="B519" t="s">
+        <v>601</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D519" t="s">
+        <v>13</v>
+      </c>
+      <c r="E519" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="520" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A520" t="s">
+        <v>5</v>
+      </c>
+      <c r="B520" t="s">
+        <v>602</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D520" t="s">
+        <v>13</v>
+      </c>
+      <c r="E520" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A521" t="s">
+        <v>5</v>
+      </c>
+      <c r="B521" t="s">
+        <v>707</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D521" t="s">
+        <v>13</v>
+      </c>
+      <c r="E521" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="522" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A522" t="s">
+        <v>5</v>
+      </c>
+      <c r="B522" t="s">
+        <v>603</v>
+      </c>
+      <c r="C522" t="s">
+        <v>815</v>
+      </c>
+      <c r="D522" t="s">
+        <v>7</v>
+      </c>
+      <c r="E522" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="523" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A523" t="s">
+        <v>5</v>
+      </c>
+      <c r="B523" t="s">
+        <v>708</v>
+      </c>
+      <c r="C523" t="s">
+        <v>926</v>
+      </c>
+      <c r="D523" t="s">
+        <v>7</v>
+      </c>
+      <c r="E523" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="524" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A524" t="s">
+        <v>5</v>
+      </c>
+      <c r="B524" t="s">
+        <v>604</v>
+      </c>
+      <c r="C524" t="s">
+        <v>927</v>
+      </c>
+      <c r="D524" t="s">
+        <v>25</v>
+      </c>
+      <c r="E524" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="525" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A525" t="s">
+        <v>5</v>
+      </c>
+      <c r="B525" t="s">
+        <v>605</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D525" t="s">
+        <v>7</v>
+      </c>
+      <c r="E525" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="526" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A526" t="s">
+        <v>5</v>
+      </c>
+      <c r="B526" t="s">
+        <v>606</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D526" t="s">
+        <v>13</v>
+      </c>
+      <c r="E526" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="527" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A527" t="s">
+        <v>5</v>
+      </c>
+      <c r="B527" t="s">
+        <v>607</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D527" t="s">
+        <v>25</v>
+      </c>
+      <c r="E527" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="528" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A528" t="s">
+        <v>5</v>
+      </c>
+      <c r="B528" t="s">
+        <v>608</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D528" t="s">
+        <v>7</v>
+      </c>
+      <c r="E528" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A529" t="s">
+        <v>5</v>
+      </c>
+      <c r="B529" t="s">
+        <v>609</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D529" t="s">
+        <v>7</v>
+      </c>
+      <c r="E529" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A530" t="s">
+        <v>5</v>
+      </c>
+      <c r="B530" t="s">
+        <v>610</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D530" t="s">
+        <v>7</v>
+      </c>
+      <c r="E530" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="531" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A531" t="s">
+        <v>5</v>
+      </c>
+      <c r="B531" t="s">
+        <v>611</v>
+      </c>
+      <c r="C531" t="s">
+        <v>928</v>
+      </c>
+      <c r="D531" t="s">
+        <v>7</v>
+      </c>
+      <c r="E531" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="532" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A532" t="s">
+        <v>5</v>
+      </c>
+      <c r="B532" t="s">
+        <v>612</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D532" t="s">
+        <v>7</v>
+      </c>
+      <c r="E532" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="533" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A533" t="s">
+        <v>5</v>
+      </c>
+      <c r="B533" t="s">
+        <v>613</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D533" t="s">
+        <v>7</v>
+      </c>
+      <c r="E533" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="534" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A534" t="s">
+        <v>5</v>
+      </c>
+      <c r="B534" t="s">
+        <v>614</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D534" t="s">
+        <v>13</v>
+      </c>
+      <c r="E534" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="535" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A535" t="s">
+        <v>5</v>
+      </c>
+      <c r="B535" t="s">
+        <v>615</v>
+      </c>
+      <c r="C535" t="s">
+        <v>929</v>
+      </c>
+      <c r="D535" t="s">
+        <v>13</v>
+      </c>
+      <c r="E535" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="536" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A536" t="s">
+        <v>5</v>
+      </c>
+      <c r="B536" t="s">
+        <v>616</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D536" t="s">
+        <v>25</v>
+      </c>
+      <c r="E536" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="537" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A537" t="s">
+        <v>60</v>
+      </c>
+      <c r="B537" t="s">
+        <v>544</v>
+      </c>
+      <c r="C537" t="s">
+        <v>545</v>
+      </c>
+      <c r="D537" t="s">
+        <v>13</v>
+      </c>
+      <c r="E537" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="538" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A538" t="s">
+        <v>41</v>
+      </c>
+      <c r="B538" t="s">
+        <v>42</v>
+      </c>
+      <c r="C538" t="s">
+        <v>937</v>
+      </c>
+      <c r="D538" t="s">
+        <v>13</v>
+      </c>
+      <c r="E538" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="539" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A539" t="s">
+        <v>41</v>
+      </c>
+      <c r="B539" t="s">
+        <v>109</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D539" t="s">
+        <v>13</v>
+      </c>
+      <c r="E539" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="540" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A540" t="s">
+        <v>41</v>
+      </c>
+      <c r="B540" t="s">
+        <v>118</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D540" t="s">
+        <v>13</v>
+      </c>
+      <c r="E540" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="541" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A541" t="s">
+        <v>41</v>
+      </c>
+      <c r="B541" t="s">
+        <v>709</v>
+      </c>
+      <c r="C541" t="s">
+        <v>938</v>
+      </c>
+      <c r="D541" t="s">
+        <v>13</v>
+      </c>
+      <c r="E541" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="542" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A542" t="s">
+        <v>41</v>
+      </c>
+      <c r="B542" t="s">
+        <v>334</v>
+      </c>
+      <c r="C542" t="s">
+        <v>755</v>
+      </c>
+      <c r="D542" t="s">
+        <v>13</v>
+      </c>
+      <c r="E542" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="543" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A543" t="s">
+        <v>41</v>
+      </c>
+      <c r="B543" t="s">
+        <v>395</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D543" t="s">
+        <v>13</v>
+      </c>
+      <c r="E543" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="544" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A544" t="s">
+        <v>41</v>
+      </c>
+      <c r="B544" t="s">
+        <v>396</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D544" t="s">
+        <v>13</v>
+      </c>
+      <c r="E544" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="545" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A545" t="s">
+        <v>41</v>
+      </c>
+      <c r="B545" t="s">
+        <v>584</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D545" t="s">
+        <v>13</v>
+      </c>
+      <c r="E545" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="546" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A546" t="s">
+        <v>32</v>
+      </c>
+      <c r="B546" t="s">
+        <v>33</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D546" t="s">
+        <v>13</v>
+      </c>
+      <c r="E546" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="547" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A547" t="s">
+        <v>32</v>
+      </c>
+      <c r="B547" t="s">
+        <v>50</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D547" t="s">
+        <v>13</v>
+      </c>
+      <c r="E547" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="548" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A548" t="s">
+        <v>32</v>
+      </c>
+      <c r="B548" t="s">
+        <v>710</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D548" t="s">
+        <v>7</v>
+      </c>
+      <c r="E548" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="549" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A549" t="s">
+        <v>32</v>
+      </c>
+      <c r="B549" t="s">
+        <v>100</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D549" t="s">
+        <v>13</v>
+      </c>
+      <c r="E549" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="550" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A550" t="s">
+        <v>32</v>
+      </c>
+      <c r="B550" t="s">
+        <v>101</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D550" t="s">
+        <v>13</v>
+      </c>
+      <c r="E550" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="551" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A551" t="s">
+        <v>32</v>
+      </c>
+      <c r="B551" t="s">
+        <v>151</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D551" t="s">
+        <v>13</v>
+      </c>
+      <c r="E551" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="552" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A552" t="s">
+        <v>32</v>
+      </c>
+      <c r="B552" t="s">
+        <v>711</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D552" t="s">
+        <v>7</v>
+      </c>
+      <c r="E552" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="553" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A553" t="s">
+        <v>32</v>
+      </c>
+      <c r="B553" t="s">
+        <v>101</v>
+      </c>
+      <c r="C553" t="s">
+        <v>756</v>
+      </c>
+      <c r="D553" t="s">
+        <v>13</v>
+      </c>
+      <c r="E553" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="554" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A554" t="s">
+        <v>32</v>
+      </c>
+      <c r="B554" t="s">
+        <v>101</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D554" t="s">
+        <v>13</v>
+      </c>
+      <c r="E554" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="555" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A555" t="s">
+        <v>32</v>
+      </c>
+      <c r="B555" t="s">
+        <v>170</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D555" t="s">
+        <v>13</v>
+      </c>
+      <c r="E555" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="556" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A556" t="s">
+        <v>32</v>
+      </c>
+      <c r="B556" t="s">
+        <v>226</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D556" t="s">
+        <v>13</v>
+      </c>
+      <c r="E556" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="557" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A557" t="s">
+        <v>32</v>
+      </c>
+      <c r="B557" t="s">
+        <v>348</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D557" t="s">
+        <v>7</v>
+      </c>
+      <c r="E557" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="558" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A558" t="s">
+        <v>32</v>
+      </c>
+      <c r="B558" t="s">
+        <v>370</v>
+      </c>
+      <c r="C558" t="s">
+        <v>757</v>
+      </c>
+      <c r="D558" t="s">
+        <v>13</v>
+      </c>
+      <c r="E558" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="559" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A559" t="s">
+        <v>32</v>
+      </c>
+      <c r="B559" t="s">
+        <v>434</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D559" t="s">
+        <v>13</v>
+      </c>
+      <c r="E559" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="560" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A560" t="s">
+        <v>32</v>
+      </c>
+      <c r="B560" t="s">
+        <v>712</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D560" t="s">
+        <v>7</v>
+      </c>
+      <c r="E560" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="561" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A561" t="s">
+        <v>32</v>
+      </c>
+      <c r="B561" t="s">
+        <v>552</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D561" t="s">
+        <v>13</v>
+      </c>
+      <c r="E561" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="562" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A562" t="s">
+        <v>713</v>
+      </c>
+      <c r="B562" t="s">
+        <v>714</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D562" t="s">
+        <v>7</v>
+      </c>
+      <c r="E562" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="563" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A563" t="s">
+        <v>11</v>
+      </c>
+      <c r="B563" t="s">
+        <v>715</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D563" t="s">
+        <v>13</v>
+      </c>
+      <c r="E563" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="564" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A564" t="s">
+        <v>11</v>
+      </c>
+      <c r="B564" t="s">
+        <v>12</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D564" t="s">
+        <v>13</v>
+      </c>
+      <c r="E564" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="565" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A565" t="s">
+        <v>11</v>
+      </c>
+      <c r="B565" t="s">
+        <v>716</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D565" t="s">
+        <v>13</v>
+      </c>
+      <c r="E565" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="566" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A566" t="s">
+        <v>11</v>
+      </c>
+      <c r="B566" t="s">
+        <v>31</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D566" t="s">
+        <v>13</v>
+      </c>
+      <c r="E566" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="567" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A567" t="s">
+        <v>11</v>
+      </c>
+      <c r="B567" t="s">
+        <v>47</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D567" t="s">
+        <v>13</v>
+      </c>
+      <c r="E567" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="568" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A568" t="s">
+        <v>11</v>
+      </c>
+      <c r="B568" t="s">
+        <v>68</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D568" t="s">
+        <v>13</v>
+      </c>
+      <c r="E568" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="569" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A569" t="s">
+        <v>11</v>
+      </c>
+      <c r="B569" t="s">
+        <v>87</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D569" t="s">
+        <v>13</v>
+      </c>
+      <c r="E569" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="570" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A570" t="s">
+        <v>11</v>
+      </c>
+      <c r="B570" t="s">
+        <v>88</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D570" t="s">
+        <v>13</v>
+      </c>
+      <c r="E570" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="571" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A571" t="s">
+        <v>11</v>
+      </c>
+      <c r="B571" t="s">
+        <v>89</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D571" t="s">
+        <v>13</v>
+      </c>
+      <c r="E571" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="572" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A572" t="s">
+        <v>11</v>
+      </c>
+      <c r="B572" t="s">
+        <v>91</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D572" t="s">
+        <v>7</v>
+      </c>
+      <c r="E572" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="573" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A573" t="s">
+        <v>11</v>
+      </c>
+      <c r="B573" t="s">
+        <v>717</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D573" t="s">
+        <v>7</v>
+      </c>
+      <c r="E573" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="574" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A574" t="s">
+        <v>11</v>
+      </c>
+      <c r="B574" t="s">
+        <v>98</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D574" t="s">
+        <v>13</v>
+      </c>
+      <c r="E574" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="575" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A575" t="s">
+        <v>11</v>
+      </c>
+      <c r="B575" t="s">
+        <v>149</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D575" t="s">
+        <v>13</v>
+      </c>
+      <c r="E575" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="576" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A576" t="s">
+        <v>11</v>
+      </c>
+      <c r="B576" t="s">
+        <v>102</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D576" t="s">
+        <v>13</v>
+      </c>
+      <c r="E576" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="577" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A577" t="s">
+        <v>11</v>
+      </c>
+      <c r="B577" t="s">
+        <v>719</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D577" t="s">
+        <v>13</v>
+      </c>
+      <c r="E577" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="578" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A578" t="s">
+        <v>11</v>
+      </c>
+      <c r="B578" t="s">
+        <v>119</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D578" t="s">
+        <v>13</v>
+      </c>
+      <c r="E578" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="579" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A579" t="s">
+        <v>11</v>
+      </c>
+      <c r="B579" t="s">
+        <v>127</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D579" t="s">
+        <v>13</v>
+      </c>
+      <c r="E579" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="580" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A580" t="s">
+        <v>11</v>
+      </c>
+      <c r="B580" t="s">
+        <v>128</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D580" t="s">
+        <v>13</v>
+      </c>
+      <c r="E580" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="581" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A581" t="s">
+        <v>11</v>
+      </c>
+      <c r="B581" t="s">
+        <v>718</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D581" t="s">
+        <v>13</v>
+      </c>
+      <c r="E581" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="582" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A582" t="s">
+        <v>11</v>
+      </c>
+      <c r="B582" t="s">
+        <v>158</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D582" t="s">
+        <v>25</v>
+      </c>
+      <c r="E582" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="583" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A583" t="s">
+        <v>11</v>
+      </c>
+      <c r="B583" t="s">
+        <v>102</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D583" t="s">
+        <v>13</v>
+      </c>
+      <c r="E583" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="584" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A584" t="s">
+        <v>11</v>
+      </c>
+      <c r="B584" t="s">
+        <v>719</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D584" t="s">
+        <v>13</v>
+      </c>
+      <c r="E584" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="585" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A585" t="s">
+        <v>11</v>
+      </c>
+      <c r="B585" t="s">
+        <v>184</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D585" t="s">
+        <v>13</v>
+      </c>
+      <c r="E585" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="586" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A586" t="s">
+        <v>11</v>
+      </c>
+      <c r="B586" t="s">
+        <v>190</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D586" t="s">
+        <v>13</v>
+      </c>
+      <c r="E586" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="587" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A587" t="s">
+        <v>11</v>
+      </c>
+      <c r="B587" t="s">
+        <v>194</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D587" t="s">
+        <v>13</v>
+      </c>
+      <c r="E587" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="588" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A588" t="s">
+        <v>11</v>
+      </c>
+      <c r="B588" t="s">
+        <v>237</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D588" t="s">
+        <v>13</v>
+      </c>
+      <c r="E588" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="589" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A589" t="s">
+        <v>11</v>
+      </c>
+      <c r="B589" t="s">
+        <v>301</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D589" t="s">
+        <v>13</v>
+      </c>
+      <c r="E589" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="590" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A590" t="s">
+        <v>11</v>
+      </c>
+      <c r="B590" t="s">
+        <v>303</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D590" t="s">
+        <v>13</v>
+      </c>
+      <c r="E590" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="591" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A591" t="s">
+        <v>11</v>
+      </c>
+      <c r="B591" t="s">
+        <v>304</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D591" t="s">
+        <v>13</v>
+      </c>
+      <c r="E591" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="592" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A592" t="s">
+        <v>11</v>
+      </c>
+      <c r="B592" t="s">
+        <v>312</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D592" t="s">
+        <v>13</v>
+      </c>
+      <c r="E592" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="593" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A593" t="s">
+        <v>11</v>
+      </c>
+      <c r="B593" t="s">
+        <v>720</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D593" t="s">
+        <v>25</v>
+      </c>
+      <c r="E593" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="594" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A594" t="s">
+        <v>11</v>
+      </c>
+      <c r="B594" t="s">
+        <v>316</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D594" t="s">
+        <v>13</v>
+      </c>
+      <c r="E594" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="595" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A595" t="s">
+        <v>11</v>
+      </c>
+      <c r="B595" t="s">
+        <v>331</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D595" t="s">
+        <v>13</v>
+      </c>
+      <c r="E595" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="596" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A596" t="s">
+        <v>11</v>
+      </c>
+      <c r="B596" t="s">
+        <v>112</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D596" t="s">
+        <v>13</v>
+      </c>
+      <c r="E596" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="597" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A597" t="s">
+        <v>11</v>
+      </c>
+      <c r="B597" t="s">
+        <v>338</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D597" t="s">
+        <v>13</v>
+      </c>
+      <c r="E597" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="598" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A598" t="s">
+        <v>11</v>
+      </c>
+      <c r="B598" t="s">
+        <v>341</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D598" t="s">
+        <v>13</v>
+      </c>
+      <c r="E598" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="599" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A599" t="s">
+        <v>11</v>
+      </c>
+      <c r="B599" t="s">
+        <v>342</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D599" t="s">
+        <v>13</v>
+      </c>
+      <c r="E599" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="600" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A600" t="s">
+        <v>11</v>
+      </c>
+      <c r="B600" t="s">
+        <v>346</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D600" t="s">
+        <v>13</v>
+      </c>
+      <c r="E600" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="601" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A601" t="s">
+        <v>11</v>
+      </c>
+      <c r="B601" t="s">
+        <v>351</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D601" t="s">
+        <v>13</v>
+      </c>
+      <c r="E601" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="602" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A602" t="s">
+        <v>11</v>
+      </c>
+      <c r="B602" t="s">
+        <v>355</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D602" t="s">
+        <v>13</v>
+      </c>
+      <c r="E602" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="603" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A603" t="s">
+        <v>11</v>
+      </c>
+      <c r="B603" t="s">
+        <v>721</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D603" t="s">
+        <v>7</v>
+      </c>
+      <c r="E603" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="604" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A604" t="s">
+        <v>11</v>
+      </c>
+      <c r="B604" t="s">
+        <v>391</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D604" t="s">
+        <v>13</v>
+      </c>
+      <c r="E604" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="605" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A605" t="s">
+        <v>11</v>
+      </c>
+      <c r="B605" t="s">
+        <v>397</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D605" t="s">
+        <v>13</v>
+      </c>
+      <c r="E605" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="606" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A606" t="s">
+        <v>11</v>
+      </c>
+      <c r="B606" t="s">
+        <v>722</v>
+      </c>
+      <c r="C606" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D606" t="s">
+        <v>13</v>
+      </c>
+      <c r="E606" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="607" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A607" t="s">
+        <v>11</v>
+      </c>
+      <c r="B607" t="s">
+        <v>399</v>
+      </c>
+      <c r="C607" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D607" t="s">
+        <v>13</v>
+      </c>
+      <c r="E607" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="608" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A608" t="s">
+        <v>11</v>
+      </c>
+      <c r="B608" t="s">
+        <v>401</v>
+      </c>
+      <c r="C608" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D608" t="s">
+        <v>13</v>
+      </c>
+      <c r="E608" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="609" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A609" t="s">
+        <v>11</v>
+      </c>
+      <c r="B609" t="s">
+        <v>402</v>
+      </c>
+      <c r="C609" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D609" t="s">
+        <v>13</v>
+      </c>
+      <c r="E609" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="610" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A610" t="s">
+        <v>11</v>
+      </c>
+      <c r="B610" t="s">
+        <v>430</v>
+      </c>
+      <c r="C610" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D610" t="s">
+        <v>13</v>
+      </c>
+      <c r="E610" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="611" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A611" t="s">
+        <v>11</v>
+      </c>
+      <c r="B611" t="s">
+        <v>435</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D611" t="s">
+        <v>13</v>
+      </c>
+      <c r="E611" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="612" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A612" t="s">
+        <v>11</v>
+      </c>
+      <c r="B612" t="s">
+        <v>438</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D612" t="s">
+        <v>13</v>
+      </c>
+      <c r="E612" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="613" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A613" t="s">
+        <v>11</v>
+      </c>
+      <c r="B613" t="s">
+        <v>441</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D613" t="s">
+        <v>13</v>
+      </c>
+      <c r="E613" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="614" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A614" t="s">
+        <v>11</v>
+      </c>
+      <c r="B614" t="s">
+        <v>447</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D614" t="s">
+        <v>13</v>
+      </c>
+      <c r="E614" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="615" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A615" t="s">
+        <v>11</v>
+      </c>
+      <c r="B615" t="s">
+        <v>448</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D615" t="s">
+        <v>13</v>
+      </c>
+      <c r="E615" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="616" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A616" t="s">
+        <v>11</v>
+      </c>
+      <c r="B616" t="s">
+        <v>723</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D616" t="s">
+        <v>13</v>
+      </c>
+      <c r="E616" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="617" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A617" t="s">
+        <v>11</v>
+      </c>
+      <c r="B617" t="s">
+        <v>453</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D617" t="s">
+        <v>13</v>
+      </c>
+      <c r="E617" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="618" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A618" t="s">
+        <v>11</v>
+      </c>
+      <c r="B618" t="s">
+        <v>454</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D618" t="s">
+        <v>13</v>
+      </c>
+      <c r="E618" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="619" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A619" t="s">
+        <v>11</v>
+      </c>
+      <c r="B619" t="s">
+        <v>455</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D619" t="s">
+        <v>13</v>
+      </c>
+      <c r="E619" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="620" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A620" t="s">
+        <v>11</v>
+      </c>
+      <c r="B620" t="s">
+        <v>724</v>
+      </c>
+      <c r="C620" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D620" t="s">
+        <v>13</v>
+      </c>
+      <c r="E620" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="621" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A621" t="s">
+        <v>11</v>
+      </c>
+      <c r="B621" t="s">
+        <v>476</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D621" t="s">
+        <v>13</v>
+      </c>
+      <c r="E621" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="622" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A622" t="s">
+        <v>11</v>
+      </c>
+      <c r="B622" t="s">
+        <v>482</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D622" t="s">
+        <v>13</v>
+      </c>
+      <c r="E622" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="623" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A623" t="s">
+        <v>11</v>
+      </c>
+      <c r="B623" t="s">
+        <v>486</v>
+      </c>
+      <c r="C623" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D623" t="s">
+        <v>13</v>
+      </c>
+      <c r="E623" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="624" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A624" t="s">
+        <v>11</v>
+      </c>
+      <c r="B624" t="s">
+        <v>128</v>
+      </c>
+      <c r="C624" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D624" t="s">
+        <v>13</v>
+      </c>
+      <c r="E624" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="625" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A625" t="s">
+        <v>11</v>
+      </c>
+      <c r="B625" t="s">
+        <v>500</v>
+      </c>
+      <c r="C625" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D625" t="s">
+        <v>13</v>
+      </c>
+      <c r="E625" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="626" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A626" t="s">
+        <v>11</v>
+      </c>
+      <c r="B626" t="s">
+        <v>507</v>
+      </c>
+      <c r="C626" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D626" t="s">
+        <v>25</v>
+      </c>
+      <c r="E626" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="627" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A627" t="s">
+        <v>11</v>
+      </c>
+      <c r="B627" t="s">
+        <v>508</v>
+      </c>
+      <c r="C627" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D627" t="s">
+        <v>13</v>
+      </c>
+      <c r="E627" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="628" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A628" t="s">
+        <v>11</v>
+      </c>
+      <c r="B628" t="s">
+        <v>534</v>
+      </c>
+      <c r="C628" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D628" t="s">
+        <v>13</v>
+      </c>
+      <c r="E628" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="629" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A629" t="s">
+        <v>11</v>
+      </c>
+      <c r="B629" t="s">
+        <v>535</v>
+      </c>
+      <c r="C629" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D629" t="s">
+        <v>13</v>
+      </c>
+      <c r="E629" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="630" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A630" t="s">
+        <v>11</v>
+      </c>
+      <c r="B630" t="s">
+        <v>538</v>
+      </c>
+      <c r="C630" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D630" t="s">
+        <v>13</v>
+      </c>
+      <c r="E630" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="631" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A631" t="s">
+        <v>11</v>
+      </c>
+      <c r="B631" t="s">
+        <v>542</v>
+      </c>
+      <c r="C631" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D631" t="s">
+        <v>7</v>
+      </c>
+      <c r="E631" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="632" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A632" t="s">
+        <v>11</v>
+      </c>
+      <c r="B632" t="s">
+        <v>546</v>
+      </c>
+      <c r="C632" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D632" t="s">
+        <v>13</v>
+      </c>
+      <c r="E632" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="633" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A633" t="s">
+        <v>11</v>
+      </c>
+      <c r="B633" t="s">
+        <v>548</v>
+      </c>
+      <c r="C633" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D633" t="s">
+        <v>13</v>
+      </c>
+      <c r="E633" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="634" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A634" t="s">
+        <v>84</v>
+      </c>
+      <c r="B634" t="s">
+        <v>85</v>
+      </c>
+      <c r="C634" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D634" t="s">
+        <v>13</v>
+      </c>
+      <c r="E634" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="635" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A635" t="s">
+        <v>525</v>
+      </c>
+      <c r="B635" t="s">
+        <v>526</v>
+      </c>
+      <c r="C635" t="s">
+        <v>527</v>
+      </c>
+      <c r="D635" t="s">
+        <v>13</v>
+      </c>
+      <c r="E635" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="636" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A636" t="s">
+        <v>525</v>
+      </c>
+      <c r="B636" t="s">
+        <v>528</v>
+      </c>
+      <c r="C636" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D636" t="s">
+        <v>13</v>
+      </c>
+      <c r="E636" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="637" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A637" t="s">
+        <v>51</v>
+      </c>
+      <c r="B637" t="s">
+        <v>52</v>
+      </c>
+      <c r="C637" t="s">
+        <v>53</v>
+      </c>
+      <c r="D637" t="s">
+        <v>13</v>
+      </c>
+      <c r="E637" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="638" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A638" t="s">
+        <v>51</v>
+      </c>
+      <c r="B638" t="s">
+        <v>134</v>
+      </c>
+      <c r="C638" t="s">
+        <v>135</v>
+      </c>
+      <c r="D638" t="s">
+        <v>13</v>
+      </c>
+      <c r="E638" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="639" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A639" t="s">
+        <v>51</v>
+      </c>
+      <c r="B639" t="s">
+        <v>136</v>
+      </c>
+      <c r="C639" t="s">
+        <v>137</v>
+      </c>
+      <c r="D639" t="s">
+        <v>13</v>
+      </c>
+      <c r="E639" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="640" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A640" t="s">
+        <v>51</v>
+      </c>
+      <c r="B640" t="s">
+        <v>536</v>
+      </c>
+      <c r="C640" t="s">
+        <v>537</v>
+      </c>
+      <c r="D640" t="s">
+        <v>13</v>
+      </c>
+      <c r="E640" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="641" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A641" t="s">
+        <v>15</v>
+      </c>
+      <c r="B641" t="s">
+        <v>725</v>
+      </c>
+      <c r="C641" t="s">
+        <v>816</v>
+      </c>
+      <c r="D641" t="s">
+        <v>7</v>
+      </c>
+      <c r="E641" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="642" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A642" t="s">
+        <v>15</v>
+      </c>
+      <c r="B642" t="s">
+        <v>17</v>
+      </c>
+      <c r="C642" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D642" t="s">
+        <v>13</v>
+      </c>
+      <c r="E642" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="643" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A643" t="s">
+        <v>15</v>
+      </c>
+      <c r="B643" t="s">
+        <v>726</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D643" t="s">
+        <v>13</v>
+      </c>
+      <c r="E643" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="644" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A644" t="s">
+        <v>15</v>
+      </c>
+      <c r="B644" t="s">
+        <v>19</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D644" t="s">
+        <v>13</v>
+      </c>
+      <c r="E644" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="645" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A645" t="s">
+        <v>15</v>
+      </c>
+      <c r="B645" t="s">
+        <v>86</v>
+      </c>
+      <c r="C645" t="s">
+        <v>817</v>
+      </c>
+      <c r="D645" t="s">
+        <v>13</v>
+      </c>
+      <c r="E645" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="646" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A646" t="s">
+        <v>15</v>
+      </c>
+      <c r="B646" t="s">
+        <v>99</v>
+      </c>
+      <c r="C646" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D646" t="s">
+        <v>13</v>
+      </c>
+      <c r="E646" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="647" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A647" t="s">
+        <v>15</v>
+      </c>
+      <c r="B647" t="s">
+        <v>744</v>
+      </c>
+      <c r="C647" t="s">
+        <v>818</v>
+      </c>
+      <c r="D647" t="s">
+        <v>13</v>
+      </c>
+      <c r="E647" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="648" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A648" t="s">
+        <v>15</v>
+      </c>
+      <c r="B648" t="s">
+        <v>110</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D648" t="s">
+        <v>13</v>
+      </c>
+      <c r="E648" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="649" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A649" t="s">
+        <v>15</v>
+      </c>
+      <c r="B649" t="s">
+        <v>111</v>
+      </c>
+      <c r="C649" t="s">
+        <v>819</v>
+      </c>
+      <c r="D649" t="s">
+        <v>13</v>
+      </c>
+      <c r="E649" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="650" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A650" t="s">
+        <v>15</v>
+      </c>
+      <c r="B650" t="s">
+        <v>165</v>
+      </c>
+      <c r="C650" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D650" t="s">
+        <v>7</v>
+      </c>
+      <c r="E650" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="651" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A651" t="s">
+        <v>15</v>
+      </c>
+      <c r="B651" t="s">
+        <v>165</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D651" t="s">
+        <v>13</v>
+      </c>
+      <c r="E651" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="652" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A652" t="s">
+        <v>15</v>
+      </c>
+      <c r="B652" t="s">
+        <v>166</v>
+      </c>
+      <c r="C652" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D652" t="s">
+        <v>7</v>
+      </c>
+      <c r="E652" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="653" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A653" t="s">
+        <v>15</v>
+      </c>
+      <c r="B653" t="s">
+        <v>166</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D653" t="s">
+        <v>13</v>
+      </c>
+      <c r="E653" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="654" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A654" t="s">
+        <v>15</v>
+      </c>
+      <c r="B654" t="s">
+        <v>179</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D654" t="s">
+        <v>13</v>
+      </c>
+      <c r="E654" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="655" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A655" t="s">
+        <v>15</v>
+      </c>
+      <c r="B655" t="s">
+        <v>183</v>
+      </c>
+      <c r="C655" t="s">
+        <v>820</v>
+      </c>
+      <c r="D655" t="s">
+        <v>13</v>
+      </c>
+      <c r="E655" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="656" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A656" t="s">
+        <v>15</v>
+      </c>
+      <c r="B656" t="s">
+        <v>727</v>
+      </c>
+      <c r="C656" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D656" t="s">
+        <v>13</v>
+      </c>
+      <c r="E656" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="657" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A657" t="s">
+        <v>15</v>
+      </c>
+      <c r="B657" t="s">
+        <v>193</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D657" t="s">
+        <v>13</v>
+      </c>
+      <c r="E657" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="658" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B658" t="s">
+        <v>227</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D658" t="s">
+        <v>13</v>
+      </c>
+      <c r="E658" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="659" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A659" t="s">
+        <v>15</v>
+      </c>
+      <c r="B659" t="s">
+        <v>238</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D659" t="s">
+        <v>7</v>
+      </c>
+      <c r="E659" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="660" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A660" t="s">
+        <v>15</v>
+      </c>
+      <c r="B660" t="s">
+        <v>298</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D660" t="s">
+        <v>13</v>
+      </c>
+      <c r="E660" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="661" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A661" t="s">
+        <v>15</v>
+      </c>
+      <c r="B661" t="s">
+        <v>318</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D661" t="s">
+        <v>13</v>
+      </c>
+      <c r="E661" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="662" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A662" t="s">
+        <v>15</v>
+      </c>
+      <c r="B662" t="s">
+        <v>319</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D662" t="s">
+        <v>13</v>
+      </c>
+      <c r="E662" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="663" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A663" t="s">
+        <v>15</v>
+      </c>
+      <c r="B663" t="s">
+        <v>728</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D663" t="s">
+        <v>13</v>
+      </c>
+      <c r="E663" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="664" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A664" t="s">
+        <v>15</v>
+      </c>
+      <c r="B664" t="s">
+        <v>328</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D664" t="s">
+        <v>7</v>
+      </c>
+      <c r="E664" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="665" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A665" t="s">
+        <v>15</v>
+      </c>
+      <c r="B665" t="s">
+        <v>328</v>
+      </c>
+      <c r="C665" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D665" t="s">
+        <v>13</v>
+      </c>
+      <c r="E665" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="666" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A666" t="s">
+        <v>15</v>
+      </c>
+      <c r="B666" t="s">
+        <v>329</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D666" t="s">
+        <v>7</v>
+      </c>
+      <c r="E666" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="667" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A667" t="s">
+        <v>15</v>
+      </c>
+      <c r="B667" t="s">
+        <v>329</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D667" t="s">
+        <v>13</v>
+      </c>
+      <c r="E667" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="668" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A668" t="s">
+        <v>15</v>
+      </c>
+      <c r="B668" t="s">
+        <v>350</v>
+      </c>
+      <c r="C668" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D668" t="s">
+        <v>13</v>
+      </c>
+      <c r="E668" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="669" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A669" t="s">
+        <v>15</v>
+      </c>
+      <c r="B669" t="s">
+        <v>385</v>
+      </c>
+      <c r="C669" t="s">
+        <v>758</v>
+      </c>
+      <c r="D669" t="s">
+        <v>13</v>
+      </c>
+      <c r="E669" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="670" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A670" t="s">
+        <v>15</v>
+      </c>
+      <c r="B670" t="s">
+        <v>446</v>
+      </c>
+      <c r="C670" t="s">
+        <v>939</v>
+      </c>
+      <c r="D670" t="s">
+        <v>13</v>
+      </c>
+      <c r="E670" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="671" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A671" t="s">
+        <v>15</v>
+      </c>
+      <c r="B671" t="s">
+        <v>529</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D671" t="s">
+        <v>13</v>
+      </c>
+      <c r="E671" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="672" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A672" t="s">
+        <v>15</v>
+      </c>
+      <c r="B672" t="s">
+        <v>530</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D672" t="s">
+        <v>13</v>
+      </c>
+      <c r="E672" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="673" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A673" t="s">
+        <v>15</v>
+      </c>
+      <c r="B673" t="s">
+        <v>587</v>
+      </c>
+      <c r="C673" t="s">
+        <v>759</v>
+      </c>
+      <c r="D673" t="s">
+        <v>13</v>
+      </c>
+      <c r="E673" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="674" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A674" t="s">
+        <v>55</v>
+      </c>
+      <c r="B674" t="s">
+        <v>56</v>
+      </c>
+      <c r="C674" t="s">
+        <v>57</v>
+      </c>
+      <c r="D674" t="s">
+        <v>13</v>
+      </c>
+      <c r="E674" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="675" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A675" t="s">
+        <v>55</v>
+      </c>
+      <c r="B675" t="s">
+        <v>160</v>
+      </c>
+      <c r="C675" t="s">
+        <v>161</v>
+      </c>
+      <c r="D675" t="s">
+        <v>13</v>
+      </c>
+      <c r="E675" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="676" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A676" t="s">
+        <v>55</v>
+      </c>
+      <c r="B676" t="s">
+        <v>288</v>
+      </c>
+      <c r="C676" t="s">
+        <v>289</v>
+      </c>
+      <c r="D676" t="s">
+        <v>13</v>
+      </c>
+      <c r="E676" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="677" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A677" t="s">
+        <v>55</v>
+      </c>
+      <c r="B677" t="s">
+        <v>299</v>
+      </c>
+      <c r="C677" t="s">
+        <v>300</v>
+      </c>
+      <c r="D677" t="s">
+        <v>25</v>
+      </c>
+      <c r="E677" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="678" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A678" t="s">
+        <v>55</v>
+      </c>
+      <c r="B678" t="s">
+        <v>406</v>
+      </c>
+      <c r="C678" t="s">
+        <v>407</v>
+      </c>
+      <c r="D678" t="s">
+        <v>13</v>
+      </c>
+      <c r="E678" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="679" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A679" t="s">
+        <v>55</v>
+      </c>
+      <c r="B679" t="s">
+        <v>491</v>
+      </c>
+      <c r="C679" t="s">
+        <v>492</v>
+      </c>
+      <c r="D679" t="s">
+        <v>13</v>
+      </c>
+      <c r="E679" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="680" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A680" t="s">
+        <v>163</v>
+      </c>
+      <c r="B680" t="s">
+        <v>164</v>
+      </c>
+      <c r="C680" t="s">
+        <v>821</v>
+      </c>
+      <c r="D680" t="s">
+        <v>7</v>
+      </c>
+      <c r="E680" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="681" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A681" t="s">
+        <v>163</v>
+      </c>
+      <c r="B681" t="s">
+        <v>449</v>
+      </c>
+      <c r="C681" t="s">
+        <v>450</v>
+      </c>
+      <c r="D681" t="s">
+        <v>7</v>
+      </c>
+      <c r="E681" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="682" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A682" t="s">
+        <v>489</v>
+      </c>
+      <c r="B682" t="s">
+        <v>729</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D682" t="s">
+        <v>7</v>
+      </c>
+      <c r="E682" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="683" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A683" t="s">
+        <v>489</v>
+      </c>
+      <c r="B683" t="s">
+        <v>490</v>
+      </c>
+      <c r="C683" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D683" t="s">
+        <v>13</v>
+      </c>
+      <c r="E683" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="684" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A684" t="s">
+        <v>9</v>
+      </c>
+      <c r="B684" t="s">
+        <v>10</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D684" t="s">
+        <v>7</v>
+      </c>
+      <c r="E684" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="685" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A685" t="s">
+        <v>532</v>
+      </c>
+      <c r="B685" t="s">
+        <v>533</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D685" t="s">
+        <v>7</v>
+      </c>
+      <c r="E685" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="686" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A686" t="s">
+        <v>121</v>
+      </c>
+      <c r="B686" t="s">
+        <v>387</v>
+      </c>
+      <c r="C686" t="s">
+        <v>822</v>
+      </c>
+      <c r="D686" t="s">
+        <v>7</v>
+      </c>
+      <c r="E686" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="687" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A687" t="s">
+        <v>121</v>
+      </c>
+      <c r="B687" t="s">
+        <v>388</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D687" t="s">
+        <v>7</v>
+      </c>
+      <c r="E687" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="688" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A688" t="s">
+        <v>121</v>
+      </c>
+      <c r="B688" t="s">
+        <v>433</v>
+      </c>
+      <c r="C688" t="s">
+        <v>823</v>
+      </c>
+      <c r="D688" t="s">
+        <v>7</v>
+      </c>
+      <c r="E688" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="689" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A689" t="s">
+        <v>290</v>
+      </c>
+      <c r="B689" t="s">
+        <v>291</v>
+      </c>
+      <c r="C689" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D689" t="s">
+        <v>13</v>
+      </c>
+      <c r="E689" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="690" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A690" t="s">
+        <v>290</v>
+      </c>
+      <c r="B690" t="s">
+        <v>487</v>
+      </c>
+      <c r="C690" t="s">
+        <v>824</v>
+      </c>
+      <c r="D690" t="s">
+        <v>13</v>
+      </c>
+      <c r="E690" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="691" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A691" t="s">
+        <v>45</v>
+      </c>
+      <c r="B691" t="s">
+        <v>730</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D691" t="s">
+        <v>13</v>
+      </c>
+      <c r="E691" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="692" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A692" t="s">
+        <v>45</v>
+      </c>
+      <c r="B692" t="s">
+        <v>46</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D692" t="s">
+        <v>7</v>
+      </c>
+      <c r="E692" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="693" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A693" t="s">
+        <v>45</v>
+      </c>
+      <c r="B693" t="s">
+        <v>61</v>
+      </c>
+      <c r="C693" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D693" t="s">
+        <v>7</v>
+      </c>
+      <c r="E693" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="694" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A694" t="s">
+        <v>45</v>
+      </c>
+      <c r="B694" t="s">
+        <v>62</v>
+      </c>
+      <c r="C694" t="s">
+        <v>760</v>
+      </c>
+      <c r="D694" t="s">
+        <v>7</v>
+      </c>
+      <c r="E694" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="695" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A695" t="s">
+        <v>45</v>
+      </c>
+      <c r="B695" t="s">
+        <v>306</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D695" t="s">
+        <v>13</v>
+      </c>
+      <c r="E695" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="696" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A696" t="s">
+        <v>45</v>
+      </c>
+      <c r="B696" t="s">
+        <v>146</v>
+      </c>
+      <c r="C696" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D696" t="s">
+        <v>13</v>
+      </c>
+      <c r="E696" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="697" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A697" t="s">
+        <v>45</v>
+      </c>
+      <c r="B697" t="s">
+        <v>182</v>
+      </c>
+      <c r="C697" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D697" t="s">
+        <v>25</v>
+      </c>
+      <c r="E697" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="698" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A698" t="s">
+        <v>45</v>
+      </c>
+      <c r="B698" t="s">
+        <v>187</v>
+      </c>
+      <c r="C698" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D698" t="s">
+        <v>13</v>
+      </c>
+      <c r="E698" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="699" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A699" t="s">
+        <v>45</v>
+      </c>
+      <c r="B699" t="s">
+        <v>215</v>
+      </c>
+      <c r="C699" t="s">
+        <v>761</v>
+      </c>
+      <c r="D699" t="s">
+        <v>13</v>
+      </c>
+      <c r="E699" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="700" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A700" t="s">
+        <v>45</v>
+      </c>
+      <c r="B700" t="s">
+        <v>340</v>
+      </c>
+      <c r="C700" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D700" t="s">
+        <v>13</v>
+      </c>
+      <c r="E700" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="701" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A701" t="s">
+        <v>45</v>
+      </c>
+      <c r="B701" t="s">
+        <v>352</v>
+      </c>
+      <c r="C701" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D701" t="s">
+        <v>7</v>
+      </c>
+      <c r="E701" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="702" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A702" t="s">
+        <v>45</v>
+      </c>
+      <c r="B702" t="s">
+        <v>731</v>
+      </c>
+      <c r="C702" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D702" t="s">
+        <v>13</v>
+      </c>
+      <c r="E702" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="703" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A703" t="s">
+        <v>45</v>
+      </c>
+      <c r="B703" t="s">
+        <v>451</v>
+      </c>
+      <c r="C703" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D703" t="s">
+        <v>13</v>
+      </c>
+      <c r="E703" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="704" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A704" t="s">
+        <v>45</v>
+      </c>
+      <c r="B704" t="s">
+        <v>485</v>
+      </c>
+      <c r="C704" t="s">
+        <v>825</v>
+      </c>
+      <c r="D704" t="s">
+        <v>7</v>
+      </c>
+      <c r="E704" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="705" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A705" t="s">
+        <v>45</v>
+      </c>
+      <c r="B705" t="s">
+        <v>485</v>
+      </c>
+      <c r="C705" t="s">
+        <v>825</v>
+      </c>
+      <c r="D705" t="s">
+        <v>13</v>
+      </c>
+      <c r="E705" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="706" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A706" t="s">
+        <v>21</v>
+      </c>
+      <c r="B706" t="s">
+        <v>22</v>
+      </c>
+      <c r="C706" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D706" t="s">
+        <v>13</v>
+      </c>
+      <c r="E706" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="707" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A707" t="s">
+        <v>21</v>
+      </c>
+      <c r="B707" t="s">
+        <v>38</v>
+      </c>
+      <c r="C707" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D707" t="s">
+        <v>13</v>
+      </c>
+      <c r="E707" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="708" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A708" t="s">
+        <v>21</v>
+      </c>
+      <c r="B708" t="s">
         <v>39</v>
       </c>
-      <c r="E336" s="5" t="s">
-[...72 lines deleted...]
-      <c r="A341" t="s">
+      <c r="C708" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D708" t="s">
+        <v>13</v>
+      </c>
+      <c r="E708" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="709" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A709" t="s">
         <v>21</v>
       </c>
-      <c r="B341" t="s">
-[...183 lines deleted...]
-      <c r="A352" t="s">
+      <c r="B709" t="s">
+        <v>181</v>
+      </c>
+      <c r="C709" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D709" t="s">
+        <v>13</v>
+      </c>
+      <c r="E709" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="710" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A710" t="s">
         <v>21</v>
       </c>
-      <c r="B352" t="s">
-[...30 lines deleted...]
-      <c r="A354" t="s">
+      <c r="B710" t="s">
+        <v>335</v>
+      </c>
+      <c r="C710" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D710" t="s">
+        <v>13</v>
+      </c>
+      <c r="E710" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="711" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A711" t="s">
+        <v>21</v>
+      </c>
+      <c r="B711" t="s">
+        <v>389</v>
+      </c>
+      <c r="C711" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D711" t="s">
+        <v>13</v>
+      </c>
+      <c r="E711" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="712" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A712" t="s">
+        <v>21</v>
+      </c>
+      <c r="B712" t="s">
+        <v>732</v>
+      </c>
+      <c r="C712" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D712" t="s">
+        <v>13</v>
+      </c>
+      <c r="E712" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="713" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A713" t="s">
+        <v>43</v>
+      </c>
+      <c r="B713" t="s">
+        <v>733</v>
+      </c>
+      <c r="C713" t="s">
+        <v>930</v>
+      </c>
+      <c r="D713" t="s">
+        <v>13</v>
+      </c>
+      <c r="E713" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="714" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A714" t="s">
+        <v>43</v>
+      </c>
+      <c r="B714" t="s">
+        <v>44</v>
+      </c>
+      <c r="C714" t="s">
+        <v>826</v>
+      </c>
+      <c r="D714" t="s">
+        <v>13</v>
+      </c>
+      <c r="E714" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="715" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A715" t="s">
+        <v>43</v>
+      </c>
+      <c r="B715" t="s">
+        <v>734</v>
+      </c>
+      <c r="C715" t="s">
+        <v>931</v>
+      </c>
+      <c r="D715" t="s">
+        <v>7</v>
+      </c>
+      <c r="E715" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="716" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A716" t="s">
+        <v>43</v>
+      </c>
+      <c r="B716" t="s">
+        <v>735</v>
+      </c>
+      <c r="C716" t="s">
+        <v>932</v>
+      </c>
+      <c r="D716" t="s">
+        <v>25</v>
+      </c>
+      <c r="E716" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="717" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A717" t="s">
+        <v>43</v>
+      </c>
+      <c r="B717" t="s">
+        <v>736</v>
+      </c>
+      <c r="C717" t="s">
+        <v>933</v>
+      </c>
+      <c r="D717" t="s">
+        <v>25</v>
+      </c>
+      <c r="E717" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="718" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A718" t="s">
+        <v>43</v>
+      </c>
+      <c r="B718" t="s">
+        <v>305</v>
+      </c>
+      <c r="C718" t="s">
+        <v>934</v>
+      </c>
+      <c r="D718" t="s">
+        <v>7</v>
+      </c>
+      <c r="E718" t="s">
         <v>16</v>
       </c>
-      <c r="B354" t="s">
-[...1070 lines deleted...]
-      <c r="B417" t="s">
+    </row>
+    <row r="719" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A719" t="s">
+        <v>43</v>
+      </c>
+      <c r="B719" t="s">
+        <v>540</v>
+      </c>
+      <c r="C719" t="s">
         <v>827</v>
       </c>
-      <c r="C417" t="s">
-[...931 lines deleted...]
-      <c r="B472" t="s">
+      <c r="D719" t="s">
+        <v>25</v>
+      </c>
+      <c r="E719" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="720" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A720" t="s">
+        <v>43</v>
+      </c>
+      <c r="B720" t="s">
+        <v>541</v>
+      </c>
+      <c r="C720" t="s">
         <v>935</v>
       </c>
-      <c r="C472" t="s">
-[...4217 lines deleted...]
-      </c>
       <c r="D720" t="s">
-        <v>19</v>
-[...699 lines deleted...]
-        <v>12</v>
+        <v>25</v>
+      </c>
+      <c r="E720" t="s">
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100877D19516E5CD846B54199C853B79BC7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="12dfc5e08d4724e8105da07ec3bb6585">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3bce9c7-a30a-4979-b831-44722c5f121e" xmlns:ns3="f271e04e-e550-4be4-9331-703e0ee70000" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e3a01912cf96782307c7c2853657bf8b" ns2:_="" ns3:_="">
     <xsd:import namespace="d3bce9c7-a30a-4979-b831-44722c5f121e"/>
     <xsd:import namespace="f271e04e-e550-4be4-9331-703e0ee70000"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -18076,94 +17153,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3bce9c7-a30a-4979-b831-44722c5f121e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f271e04e-e550-4be4-9331-703e0ee70000" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3153377F-3FC4-4426-B2B3-34DB8CD1C4CC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0B5C4AB-6A74-49AD-93C2-D8767E29E5C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0B5C4AB-6A74-49AD-93C2-D8767E29E5C4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3153377F-3FC4-4426-B2B3-34DB8CD1C4CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d3bce9c7-a30a-4979-b831-44722c5f121e"/>
+    <ds:schemaRef ds:uri="f271e04e-e550-4be4-9331-703e0ee70000"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5E4BB93-5A3C-43BB-B907-1120DEC4E747}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5E4BB93-5A3C-43BB-B907-1120DEC4E747}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d3bce9c7-a30a-4979-b831-44722c5f121e"/>
+    <ds:schemaRef ds:uri="f271e04e-e550-4be4-9331-703e0ee70000"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{4366546e-53f2-4454-8e8f-fd59f99f0571}" enabled="1" method="Standard" siteId="{1601d9c2-c7ac-4129-add1-9266ea60063c}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <TotalTime></TotalTime>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>PF Transparency List</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ebner, Nino (CRI/Sen Pro CRI)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100877D19516E5CD846B54199C853B79BC7</vt:lpwstr>
   </property>